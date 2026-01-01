--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -12,68 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс с сайта litisk74.ru" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1425">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1428">
   <si>
     <t>http://litisk74.ru</t>
   </si>
   <si>
     <t>Наименование раздела</t>
   </si>
   <si>
     <t>Наименование сувенира</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
-    <t>РАСПРОДАЖА</t>
+    <t>Распродажа</t>
   </si>
   <si>
     <t>Визитница "Магистраль"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.36</t>
   </si>
   <si>
     <t>Визитница "Тигр-бизнесмен" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.24</t>
   </si>
   <si>
     <t>Кашпо (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.113</t>
   </si>
   <si>
     <t>Письменный прибор "Демидовский" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.20</t>
   </si>
@@ -284,98 +284,86 @@
   <si>
     <t>Сувенир "Среда обитания Снежного человека" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.202</t>
   </si>
   <si>
     <t>Сувенир "Террикон"  (ТИРАЖ ОГРАНИЧЕН)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.182</t>
   </si>
   <si>
     <t>Сувенир "Цистерна" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.225.1</t>
   </si>
   <si>
     <t>Сувенир «Региональный. Санкт-Петербург» (В НАЛИЧИИ 3 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.80.2.1</t>
   </si>
   <si>
-    <t>Сувенир нефтянику (В НАЛИЧИИ 1 ШТ)</t>
-[...4 lines deleted...]
-  <si>
     <t>Часы "Валькирия" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.06</t>
   </si>
   <si>
     <t>Часы "Газовая промышленность" (В НАЛИЧИИ - 1 шт)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.38.1</t>
   </si>
   <si>
     <t>Часы "Гном-добряк" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.88</t>
   </si>
   <si>
     <t>Часы "Губернские. Челябинская область" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.17.0.1</t>
   </si>
   <si>
     <t>Часы "Защитник земли Русской"  (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.70</t>
   </si>
   <si>
     <t>Часы "Покоритель недр" (яшма) (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.43.1</t>
   </si>
   <si>
-    <t>Часы "Российский герб" (В НАЛИЧИИ 1 ШТ)</t>
-[...4 lines deleted...]
-  <si>
     <t>Часы "Ю. Цезарь" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.05</t>
   </si>
   <si>
     <t>Разное</t>
   </si>
   <si>
     <t>Статуэтка "Валькирия"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.385</t>
   </si>
   <si>
     <t>Статуэтка "Казак на коне"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.359.2</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.359.0</t>
   </si>
   <si>
     <t>Статуэтка "Лев крылатый (малый)"</t>
@@ -452,50 +440,56 @@
   <si>
     <t xml:space="preserve"> 4.383</t>
   </si>
   <si>
     <t>Статуэтка "Конь-кузнец своего счастья"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.212</t>
   </si>
   <si>
     <t>Статуэтка "Лошадка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.382</t>
   </si>
   <si>
     <t>Статуэтка "Пегас"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.384.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.384.1</t>
   </si>
   <si>
+    <t>Часы "Бега" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.23</t>
+  </si>
+  <si>
     <t>Часы "Гном-звездочет"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.90</t>
   </si>
   <si>
     <t>Часы "Конь (малый)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.93</t>
   </si>
   <si>
     <t>Часы "Пегас"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.94</t>
   </si>
   <si>
     <t>Автолюбитель</t>
   </si>
   <si>
     <t>Статуэтка "Бензозаправщик"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.68</t>
@@ -512,50 +506,56 @@
   <si>
     <t xml:space="preserve"> 4.311.1</t>
   </si>
   <si>
     <t>Сувенир "Автолюбитель"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.143</t>
   </si>
   <si>
     <t>Часы "Авторемонт"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.52</t>
   </si>
   <si>
     <t>Часы "Бензозаправщик"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.25</t>
   </si>
   <si>
     <t>Авиация, космонавтика</t>
   </si>
   <si>
+    <t>Визитница "Начало" (летчик) (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.22</t>
+  </si>
+  <si>
     <t>Письменный прибор "Аэропорт"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.48</t>
   </si>
   <si>
     <t>Письменный прибор "Путешествуйте с нами"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.59</t>
   </si>
   <si>
     <t>Письменный прибор "Связь времен"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.26</t>
   </si>
   <si>
     <t>Статуэтка "Авиатор"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.92</t>
   </si>
   <si>
     <t>Статуэтка "Космонавт"</t>
@@ -2072,71 +2072,74 @@
   <si>
     <t>Колокольчик "Крыса-домохозяйка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.55.1</t>
   </si>
   <si>
     <t>Колокольчик "Хрюшка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.328.1</t>
   </si>
   <si>
     <t>Кулинария</t>
   </si>
   <si>
     <t>Сувенир "Праздничный" (Дракоша)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.165.2</t>
   </si>
   <si>
     <t>Сувенир "С днем рождения" (повар, кондитер)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 4.195.0</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 4.195.1</t>
   </si>
   <si>
     <t>Любимой</t>
   </si>
   <si>
     <t>Статуэтка "Ангел добра (яшма)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.263.1</t>
   </si>
   <si>
     <t>Статуэтка "Ангел добра"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.263.0</t>
   </si>
   <si>
+    <t>Статуэтка "Ангел добра" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.263.2</t>
+  </si>
+  <si>
     <t>Статуэтка "Дама с букетом"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.19.2</t>
   </si>
   <si>
     <t>Статуэтка "Дама с канделябром"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.19.1</t>
   </si>
   <si>
     <t>Статуэтка "Дама с шаром"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.19.0</t>
   </si>
   <si>
     <t>Сувенир "Роза  в стакане"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.290.1</t>
   </si>
   <si>
     <t>Сувенир "Роза в стакане" (с подставкой) (ТИРАЖ ОГРАНИЧЕН)</t>
@@ -2375,51 +2378,51 @@
   <si>
     <t>Статуэтка-часы "Рабочий нефтяной промышленности"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.279.1</t>
   </si>
   <si>
     <t>Статуэтка-часы "Сотрудник нефтяной промышленности"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.280.1</t>
   </si>
   <si>
     <t>Сувенир "Капля нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.309.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.309.1</t>
   </si>
   <si>
     <t>Сувенир "Нефтяная вышка с каплей нефти"</t>
   </si>
   <si>
-    <t xml:space="preserve"> 4.308</t>
+    <t xml:space="preserve"> 4.325</t>
   </si>
   <si>
     <t>Сувенир "Нефтяная качалка с каплей нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.287.1</t>
   </si>
   <si>
     <t>Сувенир "Нефтяная качалка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.287.0</t>
   </si>
   <si>
     <t>Сувенир "Нефтяники"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.381</t>
   </si>
   <si>
     <t>Сувенир "Нефтяники-бурильщики"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.220.0</t>
   </si>
@@ -3407,96 +3410,102 @@
   <si>
     <t xml:space="preserve"> 4.361</t>
   </si>
   <si>
     <t>Сувенир "Спасение жизней"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.316</t>
   </si>
   <si>
     <t>Часы "Лучшему пожарному"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.55</t>
   </si>
   <si>
     <t>Часы "Огнеборец"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.57</t>
   </si>
   <si>
     <t>Часы "Спасатель"</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1.16</t>
+    <t xml:space="preserve"> 1.16.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.16.1</t>
   </si>
   <si>
     <t>Спорт</t>
   </si>
   <si>
     <t>Приз "Горнолыжник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.4.1</t>
   </si>
   <si>
     <t>Приз "Кубок"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.1.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.1.1</t>
   </si>
   <si>
     <t>Приз "Плавание"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.4.3</t>
   </si>
   <si>
     <t>Приз "Фигурное катание"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.3.3</t>
   </si>
   <si>
     <t>Приз "Художественная гимнастика"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.4.2</t>
   </si>
   <si>
     <t>Приз "Шахматы"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.3.7</t>
   </si>
   <si>
-    <t>Статуэтка "Ника" (низкий пьедестал)</t>
+    <t>Приз (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t>Статуэтка "Ника - Богиня Победы" (низкий пьедестал)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.270</t>
   </si>
   <si>
     <t>Статуэтка "Футболист"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.272</t>
   </si>
   <si>
     <t>Статуэтка "Хоккеист без номера"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.79.1</t>
   </si>
   <si>
     <t>Статуэтка "Хоккеист"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.79.0</t>
   </si>
   <si>
     <t>Статуэтка "Чемпион"</t>
   </si>
@@ -4651,51 +4660,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D874"/>
+  <dimension ref="A1:D875"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="106.116943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
@@ -4749,51 +4758,51 @@
       <c r="D6">
         <v>6000</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7"/>
       <c r="B7" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="D7">
         <v>11400</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8"/>
       <c r="B8" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D8">
-        <v>14400</v>
+        <v>13900</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9"/>
       <c r="B9" t="s">
         <v>16</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="D9">
         <v>7000</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10"/>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D10">
         <v>11800</v>
       </c>
@@ -4881,51 +4890,51 @@
       <c r="D17">
         <v>3300</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18"/>
       <c r="B18" t="s">
         <v>32</v>
       </c>
       <c r="C18" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D18">
         <v>10400</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D19">
-        <v>8300</v>
+        <v>7900</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D20">
         <v>8400</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D21">
         <v>6400</v>
       </c>
@@ -5109,51 +5118,51 @@
       <c r="D36">
         <v>3800</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>68</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D37">
         <v>4500</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>70</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D38">
-        <v>7200</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D39">
         <v>4800</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D40">
         <v>9600</v>
       </c>
@@ -5181,668 +5190,668 @@
       <c r="D42">
         <v>9300</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D43">
         <v>4700</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D44">
-        <v>3800</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D45">
         <v>9000</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D46">
         <v>7200</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D47">
         <v>3600</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D48">
-        <v>9300</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D49">
-        <v>21600</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D50">
-        <v>9600</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>96</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D51">
-        <v>3600</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52"/>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D52">
-        <v>23800</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53"/>
       <c r="B53" t="s">
         <v>100</v>
       </c>
       <c r="C53" s="1" t="s">
         <v>101</v>
       </c>
       <c r="D53">
-        <v>5700</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54"/>
       <c r="B54" t="s">
         <v>102</v>
       </c>
       <c r="C54" s="1" t="s">
         <v>103</v>
       </c>
       <c r="D54">
-        <v>20400</v>
-[...4 lines deleted...]
-      <c r="B55" t="s">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
         <v>104</v>
       </c>
-      <c r="C55" s="1" t="s">
+      <c r="B56"/>
+      <c r="C56" s="1"/>
+      <c r="D56"/>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57"/>
+      <c r="B57" t="s">
+        <v>22</v>
+      </c>
+      <c r="C57" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D57">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58"/>
+      <c r="B58" t="s">
         <v>105</v>
       </c>
-      <c r="D55">
-[...5 lines deleted...]
-      <c r="B56" t="s">
+      <c r="C58" s="1" t="s">
         <v>106</v>
       </c>
-      <c r="C56" s="1" t="s">
-[...12 lines deleted...]
-      <c r="D58"/>
+      <c r="D58">
+        <v>21500</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59"/>
       <c r="B59" t="s">
-        <v>22</v>
+        <v>107</v>
       </c>
       <c r="C59" s="1" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="D59">
-        <v>3600</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60"/>
       <c r="B60" t="s">
+        <v>107</v>
+      </c>
+      <c r="C60" s="1" t="s">
         <v>109</v>
       </c>
-      <c r="C60" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D60">
-        <v>21500</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>111</v>
+        <v>36</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>112</v>
+        <v>37</v>
       </c>
       <c r="D61">
-        <v>8200</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62"/>
       <c r="B62" t="s">
+        <v>110</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>111</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62">
-        <v>9000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D63">
-        <v>8400</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="D64">
-        <v>5600</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>40</v>
+        <v>112</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>41</v>
+        <v>114</v>
       </c>
       <c r="D65">
-        <v>7400</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66"/>
       <c r="B66" t="s">
+        <v>115</v>
+      </c>
+      <c r="C66" s="1" t="s">
         <v>116</v>
       </c>
-      <c r="C66" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66">
-        <v>10800</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67"/>
       <c r="B67" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D67">
-        <v>10100</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68"/>
       <c r="B68" t="s">
+        <v>42</v>
+      </c>
+      <c r="C68" s="1" t="s">
         <v>119</v>
       </c>
-      <c r="C68" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D68">
-        <v>1800</v>
+        <v>12900</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>121</v>
+        <v>42</v>
       </c>
       <c r="C69" s="1" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="D69">
-        <v>7500</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70"/>
       <c r="B70" t="s">
         <v>42</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>123</v>
+        <v>43</v>
       </c>
       <c r="D70">
-        <v>12900</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71"/>
       <c r="B71" t="s">
-        <v>42</v>
+        <v>121</v>
       </c>
       <c r="C71" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="D71">
-        <v>9300</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72"/>
       <c r="B72" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="C72" s="1" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="D72">
-        <v>11400</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73"/>
       <c r="B73" t="s">
+        <v>90</v>
+      </c>
+      <c r="C73" s="1" t="s">
+        <v>91</v>
+      </c>
+      <c r="D73">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>123</v>
+      </c>
+      <c r="B75"/>
+      <c r="C75" s="1"/>
+      <c r="D75"/>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76"/>
+      <c r="B76" t="s">
+        <v>124</v>
+      </c>
+      <c r="C76" s="1" t="s">
         <v>125</v>
       </c>
-      <c r="C73" s="1" t="s">
+      <c r="D76"/>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77"/>
+      <c r="B77" t="s">
         <v>126</v>
       </c>
-      <c r="D73">
-[...28 lines deleted...]
-      <c r="A77" t="s">
+      <c r="C77" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D77"/>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
         <v>127</v>
       </c>
-      <c r="B77"/>
-[...5 lines deleted...]
-      <c r="B78" t="s">
+      <c r="B79"/>
+      <c r="C79" s="1"/>
+      <c r="D79"/>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80"/>
+      <c r="B80" t="s">
         <v>128</v>
       </c>
-      <c r="C78" s="1" t="s">
+      <c r="C80" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D80"/>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81"/>
+      <c r="B81" t="s">
         <v>129</v>
       </c>
-      <c r="D78"/>
-[...3 lines deleted...]
-      <c r="B79" t="s">
+      <c r="C81" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="D81"/>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
         <v>130</v>
       </c>
-      <c r="C79" s="1" t="s">
-[...5 lines deleted...]
-      <c r="A81" t="s">
+      <c r="B83"/>
+      <c r="C83" s="1"/>
+      <c r="D83"/>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84"/>
+      <c r="B84" t="s">
         <v>131</v>
       </c>
-      <c r="B81"/>
-[...5 lines deleted...]
-      <c r="B82" t="s">
+      <c r="C84" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="C82" s="1" t="s">
-[...6 lines deleted...]
-      <c r="B83" t="s">
+      <c r="D84">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85"/>
+      <c r="B85" t="s">
         <v>133</v>
       </c>
-      <c r="C83" s="1" t="s">
-[...5 lines deleted...]
-      <c r="A85" t="s">
+      <c r="C85" s="1" t="s">
         <v>134</v>
       </c>
-      <c r="B85"/>
-[...1 lines deleted...]
-      <c r="D85"/>
+      <c r="D85">
+        <v>3100</v>
+      </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86"/>
       <c r="B86" t="s">
         <v>135</v>
       </c>
       <c r="C86" s="1" t="s">
         <v>136</v>
       </c>
       <c r="D86">
-        <v>2400</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87"/>
       <c r="B87" t="s">
         <v>137</v>
       </c>
       <c r="C87" s="1" t="s">
         <v>138</v>
       </c>
       <c r="D87">
-        <v>3100</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88"/>
       <c r="B88" t="s">
         <v>139</v>
       </c>
       <c r="C88" s="1" t="s">
         <v>140</v>
       </c>
       <c r="D88">
-        <v>3500</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89"/>
       <c r="B89" t="s">
+        <v>139</v>
+      </c>
+      <c r="C89" s="1" t="s">
         <v>141</v>
       </c>
-      <c r="C89" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D89">
-        <v>2700</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90"/>
       <c r="B90" t="s">
+        <v>142</v>
+      </c>
+      <c r="C90" s="1" t="s">
         <v>143</v>
       </c>
-      <c r="C90" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D90">
-        <v>4500</v>
+        <v>44500</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C91" s="1" t="s">
         <v>145</v>
       </c>
       <c r="D91">
-        <v>5800</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92"/>
       <c r="B92" t="s">
         <v>146</v>
       </c>
       <c r="C92" s="1" t="s">
         <v>147</v>
       </c>
       <c r="D92">
-        <v>3700</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93"/>
       <c r="B93" t="s">
         <v>148</v>
       </c>
       <c r="C93" s="1" t="s">
         <v>149</v>
       </c>
       <c r="D93">
-        <v>4400</v>
-[...4 lines deleted...]
-      <c r="B94" t="s">
+        <v>5600</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
         <v>150</v>
       </c>
-      <c r="C94" s="1" t="s">
+      <c r="B95"/>
+      <c r="C95" s="1"/>
+      <c r="D95"/>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96"/>
+      <c r="B96" t="s">
         <v>151</v>
       </c>
-      <c r="D94">
-[...4 lines deleted...]
-      <c r="A96" t="s">
+      <c r="C96" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="B96"/>
-[...1 lines deleted...]
-      <c r="D96"/>
+      <c r="D96">
+        <v>8100</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97"/>
       <c r="B97" t="s">
         <v>153</v>
       </c>
       <c r="C97" s="1" t="s">
         <v>154</v>
       </c>
       <c r="D97">
-        <v>8100</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98"/>
       <c r="B98" t="s">
         <v>155</v>
       </c>
       <c r="C98" s="1" t="s">
         <v>156</v>
       </c>
       <c r="D98">
-        <v>3600</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99"/>
       <c r="B99" t="s">
         <v>157</v>
       </c>
       <c r="C99" s="1" t="s">
         <v>158</v>
       </c>
       <c r="D99">
-        <v>3000</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100"/>
       <c r="B100" t="s">
         <v>159</v>
       </c>
       <c r="C100" s="1" t="s">
         <v>160</v>
       </c>
       <c r="D100">
-        <v>2400</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101"/>
       <c r="B101" t="s">
         <v>161</v>
       </c>
       <c r="C101" s="1" t="s">
         <v>162</v>
       </c>
       <c r="D101">
-        <v>3900</v>
-[...4 lines deleted...]
-      <c r="B102" t="s">
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
         <v>163</v>
       </c>
-      <c r="C102" s="1" t="s">
+      <c r="B103"/>
+      <c r="C103" s="1"/>
+      <c r="D103"/>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104"/>
+      <c r="B104" t="s">
         <v>164</v>
       </c>
-      <c r="D102">
-[...4 lines deleted...]
-      <c r="A104" t="s">
+      <c r="C104" s="1" t="s">
         <v>165</v>
       </c>
-      <c r="B104"/>
-[...1 lines deleted...]
-      <c r="D104"/>
+      <c r="D104">
+        <v>7000</v>
+      </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105"/>
       <c r="B105" t="s">
         <v>166</v>
       </c>
       <c r="C105" s="1" t="s">
         <v>167</v>
       </c>
       <c r="D105">
         <v>5900</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106"/>
       <c r="B106" t="s">
         <v>168</v>
       </c>
       <c r="C106" s="1" t="s">
         <v>169</v>
       </c>
       <c r="D106">
         <v>9600</v>
       </c>
     </row>
@@ -6211,51 +6220,51 @@
       <c r="D138">
         <v>14300</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139"/>
       <c r="B139" t="s">
         <v>220</v>
       </c>
       <c r="C139" s="1" t="s">
         <v>222</v>
       </c>
       <c r="D139">
         <v>12000</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140"/>
       <c r="B140" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D140">
-        <v>14400</v>
+        <v>13900</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141"/>
       <c r="B141" t="s">
         <v>223</v>
       </c>
       <c r="C141" s="1" t="s">
         <v>224</v>
       </c>
       <c r="D141">
         <v>9200</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142"/>
       <c r="B142" t="s">
         <v>225</v>
       </c>
       <c r="C142" s="1" t="s">
         <v>226</v>
       </c>
       <c r="D142">
         <v>5900</v>
       </c>
@@ -7257,54 +7266,54 @@
       <c r="B231" t="s">
         <v>359</v>
       </c>
       <c r="C231" s="1" t="s">
         <v>360</v>
       </c>
       <c r="D231">
         <v>5700</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232"/>
       <c r="B232" t="s">
         <v>361</v>
       </c>
       <c r="C232" s="1" t="s">
         <v>362</v>
       </c>
       <c r="D232">
         <v>6000</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233"/>
       <c r="B233" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D233">
         <v>9600</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234"/>
       <c r="B234" t="s">
         <v>363</v>
       </c>
       <c r="C234" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D234">
         <v>2900</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235"/>
       <c r="B235" t="s">
         <v>365</v>
       </c>
       <c r="C235" s="1" t="s">
         <v>366</v>
       </c>
@@ -7537,54 +7546,54 @@
       <c r="B257" t="s">
         <v>401</v>
       </c>
       <c r="C257" s="1" t="s">
         <v>402</v>
       </c>
       <c r="D257">
         <v>3000</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258"/>
       <c r="B258" t="s">
         <v>374</v>
       </c>
       <c r="C258" s="1" t="s">
         <v>375</v>
       </c>
       <c r="D258">
         <v>3000</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259"/>
       <c r="B259" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D259">
         <v>3600</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260"/>
       <c r="B260" t="s">
         <v>403</v>
       </c>
       <c r="C260" s="1" t="s">
         <v>404</v>
       </c>
       <c r="D260">
         <v>4000</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
         <v>405</v>
       </c>
       <c r="B262"/>
       <c r="C262" s="1"/>
       <c r="D262"/>
     </row>
@@ -8365,6150 +8374,6162 @@
       <c r="B329" t="s">
         <v>524</v>
       </c>
       <c r="C329" s="1" t="s">
         <v>525</v>
       </c>
       <c r="D329">
         <v>11200</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330"/>
       <c r="B330" t="s">
         <v>524</v>
       </c>
       <c r="C330" s="1" t="s">
         <v>526</v>
       </c>
       <c r="D330">
         <v>10200</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331"/>
       <c r="B331" t="s">
-        <v>527</v>
+        <v>142</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>528</v>
+        <v>143</v>
       </c>
       <c r="D331">
-        <v>9000</v>
+        <v>44500</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332"/>
       <c r="B332" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="D332">
-        <v>3500</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333"/>
       <c r="B333" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D333">
-        <v>9600</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334"/>
       <c r="B334" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D334">
-        <v>13000</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335"/>
       <c r="B335" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D335">
-        <v>9300</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336"/>
       <c r="B336" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D336">
-        <v>28500</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337"/>
       <c r="B337" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D337">
-        <v>22200</v>
+        <v>28500</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338"/>
       <c r="B338" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="D338">
-        <v>9600</v>
+        <v>22200</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339"/>
       <c r="B339" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="D339">
-        <v>19800</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340"/>
       <c r="B340" t="s">
+        <v>543</v>
+      </c>
+      <c r="C340" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="D340">
+        <v>19800</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341"/>
+      <c r="B341" t="s">
         <v>545</v>
       </c>
-      <c r="C340" s="1" t="s">
+      <c r="C341" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D340">
+      <c r="D341">
         <v>6700</v>
       </c>
     </row>
-    <row r="342" spans="1:4">
-      <c r="A342" t="s">
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
         <v>547</v>
       </c>
-      <c r="B342"/>
-[...13 lines deleted...]
-      </c>
+      <c r="B343"/>
+      <c r="C343" s="1"/>
+      <c r="D343"/>
     </row>
     <row r="344" spans="1:4">
       <c r="A344"/>
       <c r="B344" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="C344" s="1" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="D344">
-        <v>6000</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="345" spans="1:4">
       <c r="A345"/>
       <c r="B345" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="C345" s="1" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="D345">
-        <v>7700</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="346" spans="1:4">
       <c r="A346"/>
       <c r="B346" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="D346">
-        <v>9600</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347"/>
       <c r="B347" t="s">
+        <v>554</v>
+      </c>
+      <c r="C347" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="D347">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348"/>
+      <c r="B348" t="s">
         <v>556</v>
       </c>
-      <c r="C347" s="1" t="s">
+      <c r="C348" s="1" t="s">
         <v>557</v>
       </c>
-      <c r="D347">
+      <c r="D348">
         <v>4200</v>
       </c>
     </row>
-    <row r="349" spans="1:4">
-      <c r="A349" t="s">
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
         <v>558</v>
       </c>
-      <c r="B349"/>
-[...13 lines deleted...]
-      </c>
+      <c r="B350"/>
+      <c r="C350" s="1"/>
+      <c r="D350"/>
     </row>
     <row r="351" spans="1:4">
       <c r="A351"/>
       <c r="B351" t="s">
-        <v>559</v>
+        <v>8</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>560</v>
-[...1 lines deleted...]
-      <c r="D351"/>
+        <v>9</v>
+      </c>
+      <c r="D351">
+        <v>5100</v>
+      </c>
     </row>
     <row r="352" spans="1:4">
       <c r="A352"/>
       <c r="B352" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C352" s="1" t="s">
-        <v>562</v>
-[...3 lines deleted...]
-      </c>
+        <v>560</v>
+      </c>
+      <c r="D352"/>
     </row>
     <row r="353" spans="1:4">
       <c r="A353"/>
       <c r="B353" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="D353">
-        <v>3800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354"/>
       <c r="B354" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D354">
-        <v>2700</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="355" spans="1:4">
       <c r="A355"/>
       <c r="B355" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D355">
-        <v>2100</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356"/>
       <c r="B356" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>570</v>
+        <v>568</v>
       </c>
       <c r="D356">
-        <v>5000</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357"/>
       <c r="B357" t="s">
         <v>569</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="D357">
-        <v>6600</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358"/>
       <c r="B358" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
       <c r="D358">
-        <v>2000</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359"/>
       <c r="B359" t="s">
-        <v>574</v>
+        <v>572</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>575</v>
+        <v>573</v>
       </c>
       <c r="D359">
-        <v>2200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360"/>
       <c r="B360" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>577</v>
+        <v>575</v>
       </c>
       <c r="D360">
-        <v>2800</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361"/>
       <c r="B361" t="s">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="D361">
         <v>2800</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362"/>
       <c r="B362" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>581</v>
+        <v>579</v>
       </c>
       <c r="D362">
-        <v>3700</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363"/>
       <c r="B363" t="s">
-        <v>582</v>
+        <v>580</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>583</v>
+        <v>581</v>
       </c>
       <c r="D363">
-        <v>2200</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364"/>
       <c r="B364" t="s">
-        <v>584</v>
+        <v>582</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
       <c r="D364">
-        <v>2300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365"/>
       <c r="B365" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="D365">
-        <v>3300</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366"/>
       <c r="B366" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>589</v>
+        <v>587</v>
       </c>
       <c r="D366">
-        <v>2700</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367"/>
       <c r="B367" t="s">
-        <v>590</v>
+        <v>588</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="D367">
-        <v>2000</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368"/>
       <c r="B368" t="s">
-        <v>592</v>
+        <v>590</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
       <c r="D368">
-        <v>2900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369"/>
       <c r="B369" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="D369">
-        <v>2200</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370"/>
       <c r="B370" t="s">
         <v>594</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>596</v>
+        <v>595</v>
       </c>
       <c r="D370">
-        <v>1100</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371"/>
       <c r="B371" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>598</v>
+        <v>596</v>
       </c>
       <c r="D371">
-        <v>3000</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372"/>
       <c r="B372" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
       <c r="D372">
-        <v>1500</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373"/>
       <c r="B373" t="s">
         <v>599</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>601</v>
+        <v>600</v>
       </c>
       <c r="D373">
-        <v>2700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374"/>
       <c r="B374" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="D374">
-        <v>2100</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375"/>
       <c r="B375" t="s">
-        <v>604</v>
+        <v>602</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>605</v>
+        <v>603</v>
       </c>
       <c r="D375">
-        <v>2200</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376"/>
       <c r="B376" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D376">
         <v>2200</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377"/>
       <c r="B377" t="s">
-        <v>608</v>
+        <v>606</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>609</v>
+        <v>607</v>
       </c>
       <c r="D377">
-        <v>3000</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378"/>
       <c r="B378" t="s">
-        <v>610</v>
+        <v>608</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D378">
-        <v>2200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379"/>
       <c r="B379" t="s">
         <v>610</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="D379">
-        <v>2900</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380"/>
       <c r="B380" t="s">
-        <v>44</v>
+        <v>610</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>45</v>
+        <v>612</v>
       </c>
       <c r="D380">
-        <v>2100</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381"/>
       <c r="B381" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="D381">
-        <v>2200</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382"/>
       <c r="B382" t="s">
-        <v>613</v>
+        <v>46</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>614</v>
+        <v>47</v>
       </c>
       <c r="D382">
-        <v>3000</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383"/>
       <c r="B383" t="s">
-        <v>615</v>
+        <v>613</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>616</v>
+        <v>614</v>
       </c>
       <c r="D383">
-        <v>2700</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384"/>
       <c r="B384" t="s">
         <v>615</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="D384">
-        <v>1500</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385"/>
       <c r="B385" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
       <c r="D385">
-        <v>3900</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386"/>
       <c r="B386" t="s">
-        <v>620</v>
+        <v>618</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>621</v>
+        <v>619</v>
       </c>
       <c r="D386">
-        <v>4100</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387"/>
       <c r="B387" t="s">
-        <v>622</v>
+        <v>620</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>623</v>
+        <v>621</v>
       </c>
       <c r="D387">
-        <v>4800</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388"/>
       <c r="B388" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="D388">
         <v>4800</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389"/>
       <c r="B389" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>627</v>
+        <v>625</v>
       </c>
       <c r="D389">
         <v>4800</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390"/>
       <c r="B390" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>629</v>
+        <v>627</v>
       </c>
       <c r="D390">
         <v>4800</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391"/>
       <c r="B391" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="D391">
         <v>4800</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392"/>
       <c r="B392" t="s">
-        <v>72</v>
+        <v>630</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>73</v>
+        <v>631</v>
       </c>
       <c r="D392">
         <v>4800</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393"/>
       <c r="B393" t="s">
-        <v>632</v>
+        <v>72</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>633</v>
+        <v>73</v>
       </c>
       <c r="D393">
-        <v>3800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394"/>
       <c r="B394" t="s">
-        <v>634</v>
+        <v>632</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>635</v>
+        <v>633</v>
       </c>
       <c r="D394">
-        <v>3000</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395"/>
       <c r="B395" t="s">
-        <v>636</v>
+        <v>634</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>637</v>
+        <v>635</v>
       </c>
       <c r="D395">
-        <v>4800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396"/>
       <c r="B396" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="D396">
-        <v>3800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397"/>
       <c r="B397" t="s">
-        <v>640</v>
+        <v>638</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="D397">
-        <v>3200</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398"/>
       <c r="B398" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="D398">
-        <v>3300</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399"/>
       <c r="B399" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
       <c r="D399">
-        <v>5900</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="400" spans="1:4">
       <c r="A400"/>
       <c r="B400" t="s">
+        <v>644</v>
+      </c>
+      <c r="C400" s="1" t="s">
+        <v>645</v>
+      </c>
+      <c r="D400">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401"/>
+      <c r="B401" t="s">
         <v>646</v>
       </c>
-      <c r="C400" s="1" t="s">
+      <c r="C401" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="D400">
+      <c r="D401">
         <v>4500</v>
       </c>
     </row>
-    <row r="402" spans="1:4">
-      <c r="A402" t="s">
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
         <v>648</v>
       </c>
-      <c r="B402"/>
-[...13 lines deleted...]
-      </c>
+      <c r="B403"/>
+      <c r="C403" s="1"/>
+      <c r="D403"/>
     </row>
     <row r="404" spans="1:4">
       <c r="A404"/>
       <c r="B404" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>652</v>
+        <v>650</v>
       </c>
       <c r="D404">
-        <v>11800</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405"/>
       <c r="B405" t="s">
-        <v>653</v>
+        <v>651</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>654</v>
+        <v>652</v>
       </c>
       <c r="D405">
-        <v>7500</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406"/>
       <c r="B406" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>656</v>
+        <v>654</v>
       </c>
       <c r="D406">
-        <v>5000</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407"/>
       <c r="B407" t="s">
-        <v>657</v>
+        <v>655</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>658</v>
+        <v>656</v>
       </c>
       <c r="D407">
-        <v>2300</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408"/>
       <c r="B408" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="D408">
-        <v>12400</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409"/>
       <c r="B409" t="s">
         <v>659</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>661</v>
+        <v>660</v>
       </c>
       <c r="D409">
-        <v>18000</v>
+        <v>12400</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410"/>
       <c r="B410" t="s">
         <v>659</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="D410">
-        <v>18300</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411"/>
       <c r="B411" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="D411">
-        <v>12400</v>
+        <v>18300</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412"/>
       <c r="B412" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="D412">
-        <v>2000</v>
+        <v>12400</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413"/>
       <c r="B413" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>668</v>
+        <v>666</v>
       </c>
       <c r="D413">
-        <v>6600</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="414" spans="1:4">
       <c r="A414"/>
       <c r="B414" t="s">
-        <v>106</v>
+        <v>667</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>107</v>
+        <v>668</v>
       </c>
       <c r="D414">
+        <v>6600</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415"/>
+      <c r="B415" t="s">
+        <v>102</v>
+      </c>
+      <c r="C415" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="D415">
         <v>9600</v>
       </c>
     </row>
-    <row r="416" spans="1:4">
-      <c r="A416" t="s">
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
         <v>669</v>
       </c>
-      <c r="B416"/>
-[...13 lines deleted...]
-      </c>
+      <c r="B417"/>
+      <c r="C417" s="1"/>
+      <c r="D417"/>
     </row>
     <row r="418" spans="1:4">
       <c r="A418"/>
       <c r="B418" t="s">
-        <v>672</v>
+        <v>670</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
       <c r="D418">
-        <v>2300</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419"/>
       <c r="B419" t="s">
-        <v>674</v>
+        <v>672</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>675</v>
+        <v>673</v>
       </c>
       <c r="D419">
-        <v>3400</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420"/>
       <c r="B420" t="s">
-        <v>676</v>
+        <v>674</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="D420">
-        <v>3300</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421"/>
       <c r="B421" t="s">
-        <v>678</v>
+        <v>676</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>679</v>
+        <v>677</v>
       </c>
       <c r="D421">
-        <v>2300</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="422" spans="1:4">
       <c r="A422"/>
       <c r="B422" t="s">
+        <v>678</v>
+      </c>
+      <c r="C422" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="D422">
+        <v>2300</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423"/>
+      <c r="B423" t="s">
         <v>680</v>
       </c>
-      <c r="C422" s="1" t="s">
+      <c r="C423" s="1" t="s">
         <v>681</v>
       </c>
-      <c r="D422">
+      <c r="D423">
         <v>2800</v>
       </c>
     </row>
-    <row r="424" spans="1:4">
-      <c r="A424" t="s">
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
         <v>682</v>
       </c>
-      <c r="B424"/>
-[...13 lines deleted...]
-      </c>
+      <c r="B425"/>
+      <c r="C425" s="1"/>
+      <c r="D425"/>
     </row>
     <row r="426" spans="1:4">
       <c r="A426"/>
       <c r="B426" t="s">
-        <v>685</v>
+        <v>683</v>
       </c>
       <c r="C426" s="1" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="D426">
-        <v>5800</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="427" spans="1:4">
       <c r="A427"/>
       <c r="B427" t="s">
         <v>685</v>
       </c>
       <c r="C427" s="1" t="s">
-        <v>687</v>
+        <v>686</v>
       </c>
       <c r="D427">
         <v>6800</v>
       </c>
     </row>
     <row r="429" spans="1:4">
       <c r="A429" t="s">
-        <v>688</v>
+        <v>687</v>
       </c>
       <c r="B429"/>
       <c r="C429" s="1"/>
       <c r="D429"/>
     </row>
     <row r="430" spans="1:4">
       <c r="A430"/>
       <c r="B430" t="s">
+        <v>688</v>
+      </c>
+      <c r="C430" s="1" t="s">
         <v>689</v>
-      </c>
-[...1 lines deleted...]
-        <v>690</v>
       </c>
       <c r="D430">
         <v>9200</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431"/>
       <c r="B431" t="s">
+        <v>690</v>
+      </c>
+      <c r="C431" s="1" t="s">
         <v>691</v>
-      </c>
-[...1 lines deleted...]
-        <v>692</v>
       </c>
       <c r="D431">
         <v>6200</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432"/>
       <c r="B432" t="s">
+        <v>692</v>
+      </c>
+      <c r="C432" s="1" t="s">
         <v>693</v>
       </c>
-      <c r="C432" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D432">
-        <v>5700</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433"/>
       <c r="B433" t="s">
+        <v>694</v>
+      </c>
+      <c r="C433" s="1" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>696</v>
       </c>
       <c r="D433">
         <v>5700</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434"/>
       <c r="B434" t="s">
-        <v>34</v>
+        <v>696</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>35</v>
+        <v>697</v>
       </c>
       <c r="D434">
-        <v>8300</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435"/>
       <c r="B435" t="s">
-        <v>697</v>
+        <v>34</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>698</v>
+        <v>35</v>
       </c>
       <c r="D435">
-        <v>5700</v>
+        <v>7900</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436"/>
       <c r="B436" t="s">
+        <v>698</v>
+      </c>
+      <c r="C436" s="1" t="s">
         <v>699</v>
       </c>
-      <c r="C436" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D436">
-        <v>5800</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437"/>
       <c r="B437" t="s">
+        <v>700</v>
+      </c>
+      <c r="C437" s="1" t="s">
         <v>701</v>
       </c>
-      <c r="C437" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D437">
-        <v>6400</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438"/>
       <c r="B438" t="s">
+        <v>702</v>
+      </c>
+      <c r="C438" s="1" t="s">
         <v>703</v>
       </c>
-      <c r="C438" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D438">
-        <v>5800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="439" spans="1:4">
       <c r="A439"/>
       <c r="B439" t="s">
+        <v>704</v>
+      </c>
+      <c r="C439" s="1" t="s">
         <v>705</v>
       </c>
-      <c r="C439" s="1" t="s">
+      <c r="D439">
+        <v>5800</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440"/>
+      <c r="B440" t="s">
         <v>706</v>
       </c>
-      <c r="D439">
+      <c r="C440" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="D440">
         <v>7700</v>
       </c>
     </row>
-    <row r="441" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="442" spans="1:4">
-      <c r="A442"/>
-      <c r="B442" t="s">
+      <c r="A442" t="s">
         <v>708</v>
       </c>
-      <c r="C442" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B442"/>
+      <c r="C442" s="1"/>
+      <c r="D442"/>
     </row>
     <row r="443" spans="1:4">
       <c r="A443"/>
       <c r="B443" t="s">
+        <v>709</v>
+      </c>
+      <c r="C443" s="1" t="s">
         <v>710</v>
       </c>
-      <c r="C443" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D443">
-        <v>4600</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444"/>
       <c r="B444" t="s">
+        <v>711</v>
+      </c>
+      <c r="C444" s="1" t="s">
         <v>712</v>
       </c>
-      <c r="C444" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D444">
-        <v>4400</v>
+        <v>4600</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445"/>
       <c r="B445" t="s">
+        <v>713</v>
+      </c>
+      <c r="C445" s="1" t="s">
         <v>714</v>
       </c>
-      <c r="C445" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D445">
-        <v>4800</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446"/>
       <c r="B446" t="s">
+        <v>715</v>
+      </c>
+      <c r="C446" s="1" t="s">
         <v>716</v>
       </c>
-      <c r="C446" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D446">
-        <v>8400</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447"/>
       <c r="B447" t="s">
+        <v>717</v>
+      </c>
+      <c r="C447" s="1" t="s">
         <v>718</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D447">
-        <v>7600</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448"/>
       <c r="B448" t="s">
+        <v>719</v>
+      </c>
+      <c r="C448" s="1" t="s">
         <v>720</v>
       </c>
-      <c r="C448" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D448">
-        <v>6000</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449"/>
       <c r="B449" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>722</v>
       </c>
       <c r="D449">
         <v>6000</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450"/>
       <c r="B450" t="s">
-        <v>584</v>
+        <v>721</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>585</v>
+        <v>723</v>
       </c>
       <c r="D450">
-        <v>2300</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451"/>
       <c r="B451" t="s">
-        <v>723</v>
+        <v>584</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>724</v>
+        <v>585</v>
       </c>
       <c r="D451">
-        <v>3600</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452"/>
       <c r="B452" t="s">
+        <v>724</v>
+      </c>
+      <c r="C452" s="1" t="s">
         <v>725</v>
       </c>
-      <c r="C452" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452">
-        <v>7100</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453"/>
       <c r="B453" t="s">
+        <v>726</v>
+      </c>
+      <c r="C453" s="1" t="s">
         <v>727</v>
       </c>
-      <c r="C453" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D453">
-        <v>2600</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454"/>
       <c r="B454" t="s">
+        <v>728</v>
+      </c>
+      <c r="C454" s="1" t="s">
         <v>729</v>
       </c>
-      <c r="C454" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D454">
-        <v>2100</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455"/>
       <c r="B455" t="s">
+        <v>730</v>
+      </c>
+      <c r="C455" s="1" t="s">
         <v>731</v>
       </c>
-      <c r="C455" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D455">
-        <v>3300</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456"/>
       <c r="B456" t="s">
+        <v>732</v>
+      </c>
+      <c r="C456" s="1" t="s">
         <v>733</v>
       </c>
-      <c r="C456" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D456">
-        <v>8900</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457"/>
       <c r="B457" t="s">
+        <v>734</v>
+      </c>
+      <c r="C457" s="1" t="s">
         <v>735</v>
       </c>
-      <c r="C457" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D457">
-        <v>8400</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458"/>
       <c r="B458" t="s">
-        <v>642</v>
+        <v>736</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>643</v>
+        <v>737</v>
       </c>
       <c r="D458">
-        <v>3300</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="459" spans="1:4">
       <c r="A459"/>
       <c r="B459" t="s">
-        <v>737</v>
+        <v>642</v>
       </c>
       <c r="C459" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="D459">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460"/>
+      <c r="B460" t="s">
         <v>738</v>
       </c>
-      <c r="D459">
+      <c r="C460" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="D460">
         <v>8900</v>
       </c>
     </row>
-    <row r="461" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="462" spans="1:4">
-      <c r="A462"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A462" t="s">
+        <v>740</v>
+      </c>
+      <c r="B462"/>
+      <c r="C462" s="1"/>
+      <c r="D462"/>
     </row>
     <row r="463" spans="1:4">
       <c r="A463"/>
       <c r="B463" t="s">
-        <v>740</v>
+        <v>12</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>741</v>
+        <v>13</v>
       </c>
       <c r="D463">
-        <v>12900</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464"/>
       <c r="B464" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>742</v>
       </c>
       <c r="D464">
-        <v>13600</v>
+        <v>12900</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465"/>
       <c r="B465" t="s">
+        <v>741</v>
+      </c>
+      <c r="C465" s="1" t="s">
         <v>743</v>
       </c>
-      <c r="C465" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D465">
-        <v>15000</v>
+        <v>13600</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466"/>
       <c r="B466" t="s">
+        <v>744</v>
+      </c>
+      <c r="C466" s="1" t="s">
         <v>745</v>
       </c>
-      <c r="C466" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D466">
-        <v>8800</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467"/>
       <c r="B467" t="s">
+        <v>746</v>
+      </c>
+      <c r="C467" s="1" t="s">
         <v>747</v>
       </c>
-      <c r="C467" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D467">
-        <v>6200</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468"/>
       <c r="B468" t="s">
+        <v>748</v>
+      </c>
+      <c r="C468" s="1" t="s">
         <v>749</v>
       </c>
-      <c r="C468" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D468">
-        <v>16600</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469"/>
       <c r="B469" t="s">
+        <v>750</v>
+      </c>
+      <c r="C469" s="1" t="s">
         <v>751</v>
       </c>
-      <c r="C469" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D469">
-        <v>8000</v>
+        <v>16600</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470"/>
       <c r="B470" t="s">
+        <v>752</v>
+      </c>
+      <c r="C470" s="1" t="s">
         <v>753</v>
       </c>
-      <c r="C470" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D470">
-        <v>8800</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="471" spans="1:4">
       <c r="A471"/>
       <c r="B471" t="s">
+        <v>754</v>
+      </c>
+      <c r="C471" s="1" t="s">
         <v>755</v>
       </c>
-      <c r="C471" s="1" t="s">
+      <c r="D471">
+        <v>8800</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472"/>
+      <c r="B472" t="s">
         <v>756</v>
       </c>
-      <c r="D471">
+      <c r="C472" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="D472">
         <v>6200</v>
       </c>
     </row>
-    <row r="473" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="474" spans="1:4">
-      <c r="A474"/>
-      <c r="B474" t="s">
+      <c r="A474" t="s">
         <v>758</v>
       </c>
-      <c r="C474" s="1" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B474"/>
+      <c r="C474" s="1"/>
+      <c r="D474"/>
     </row>
     <row r="475" spans="1:4">
       <c r="A475"/>
       <c r="B475" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C475" s="1" t="s">
         <v>760</v>
       </c>
       <c r="D475">
-        <v>4400</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476"/>
       <c r="B476" t="s">
+        <v>759</v>
+      </c>
+      <c r="C476" s="1" t="s">
         <v>761</v>
       </c>
-      <c r="C476" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D476">
-        <v>4800</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477"/>
       <c r="B477" t="s">
-        <v>343</v>
+        <v>762</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>344</v>
+        <v>763</v>
       </c>
       <c r="D477">
-        <v>3000</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478"/>
       <c r="B478" t="s">
-        <v>763</v>
+        <v>343</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>764</v>
+        <v>344</v>
       </c>
       <c r="D478">
-        <v>5600</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479"/>
       <c r="B479" t="s">
+        <v>764</v>
+      </c>
+      <c r="C479" s="1" t="s">
         <v>765</v>
       </c>
-      <c r="C479" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D479">
-        <v>9600</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480"/>
       <c r="B480" t="s">
+        <v>766</v>
+      </c>
+      <c r="C480" s="1" t="s">
         <v>767</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D480">
-        <v>7200</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481"/>
       <c r="B481" t="s">
+        <v>768</v>
+      </c>
+      <c r="C481" s="1" t="s">
         <v>769</v>
       </c>
-      <c r="C481" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D481">
-        <v>7100</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482"/>
       <c r="B482" t="s">
+        <v>770</v>
+      </c>
+      <c r="C482" s="1" t="s">
         <v>771</v>
-      </c>
-[...1 lines deleted...]
-        <v>772</v>
       </c>
       <c r="D482">
         <v>7100</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483"/>
       <c r="B483" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C483" s="1" t="s">
         <v>773</v>
       </c>
       <c r="D483">
-        <v>7600</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484"/>
       <c r="B484" t="s">
+        <v>772</v>
+      </c>
+      <c r="C484" s="1" t="s">
         <v>774</v>
       </c>
-      <c r="C484" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D484">
-        <v>7100</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485"/>
       <c r="B485" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>776</v>
       </c>
       <c r="D485">
-        <v>7600</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486"/>
       <c r="B486" t="s">
+        <v>775</v>
+      </c>
+      <c r="C486" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486">
-        <v>5600</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487"/>
       <c r="B487" t="s">
+        <v>778</v>
+      </c>
+      <c r="C487" s="1" t="s">
         <v>779</v>
       </c>
-      <c r="C487" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D487">
-        <v>7600</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488"/>
       <c r="B488" t="s">
+        <v>780</v>
+      </c>
+      <c r="C488" s="1" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
       <c r="D488">
         <v>7600</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489"/>
       <c r="B489" t="s">
-        <v>353</v>
+        <v>782</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>354</v>
+        <v>783</v>
       </c>
       <c r="D489">
-        <v>2400</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490"/>
       <c r="B490" t="s">
-        <v>783</v>
+        <v>353</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>784</v>
+        <v>354</v>
       </c>
       <c r="D490">
-        <v>2300</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491"/>
       <c r="B491" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="C491" s="1" t="s">
         <v>785</v>
       </c>
       <c r="D491">
-        <v>2800</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492"/>
       <c r="B492" t="s">
+        <v>784</v>
+      </c>
+      <c r="C492" s="1" t="s">
         <v>786</v>
       </c>
-      <c r="C492" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D492">
-        <v>7400</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493"/>
       <c r="B493" t="s">
+        <v>787</v>
+      </c>
+      <c r="C493" s="1" t="s">
         <v>788</v>
       </c>
-      <c r="C493" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D493">
-        <v>4400</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494"/>
       <c r="B494" t="s">
+        <v>789</v>
+      </c>
+      <c r="C494" s="1" t="s">
         <v>790</v>
       </c>
-      <c r="C494" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D494">
-        <v>2900</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495"/>
       <c r="B495" t="s">
+        <v>791</v>
+      </c>
+      <c r="C495" s="1" t="s">
         <v>792</v>
       </c>
-      <c r="C495" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D495">
-        <v>11200</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496"/>
       <c r="B496" t="s">
+        <v>793</v>
+      </c>
+      <c r="C496" s="1" t="s">
         <v>794</v>
       </c>
-      <c r="C496" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D496">
-        <v>8400</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497"/>
       <c r="B497" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C497" s="1" t="s">
         <v>796</v>
       </c>
       <c r="D497">
-        <v>9600</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498"/>
       <c r="B498" t="s">
+        <v>795</v>
+      </c>
+      <c r="C498" s="1" t="s">
         <v>797</v>
       </c>
-      <c r="C498" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D498">
-        <v>10800</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499"/>
       <c r="B499" t="s">
+        <v>798</v>
+      </c>
+      <c r="C499" s="1" t="s">
         <v>799</v>
       </c>
-      <c r="C499" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D499">
-        <v>14400</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500"/>
       <c r="B500" t="s">
+        <v>800</v>
+      </c>
+      <c r="C500" s="1" t="s">
         <v>801</v>
       </c>
-      <c r="C500" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D500">
-        <v>9000</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501"/>
       <c r="B501" t="s">
+        <v>802</v>
+      </c>
+      <c r="C501" s="1" t="s">
         <v>803</v>
       </c>
-      <c r="C501" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D501">
-        <v>7400</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502"/>
       <c r="B502" t="s">
+        <v>804</v>
+      </c>
+      <c r="C502" s="1" t="s">
         <v>805</v>
       </c>
-      <c r="C502" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D502">
-        <v>9200</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503"/>
       <c r="B503" t="s">
+        <v>806</v>
+      </c>
+      <c r="C503" s="1" t="s">
         <v>807</v>
       </c>
-      <c r="C503" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D503">
-        <v>12700</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504"/>
       <c r="B504" t="s">
+        <v>808</v>
+      </c>
+      <c r="C504" s="1" t="s">
         <v>809</v>
       </c>
-      <c r="C504" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D504">
-        <v>9800</v>
+        <v>12200</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505"/>
       <c r="B505" t="s">
+        <v>810</v>
+      </c>
+      <c r="C505" s="1" t="s">
         <v>811</v>
       </c>
-      <c r="C505" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D505">
-        <v>13200</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506"/>
       <c r="B506" t="s">
+        <v>812</v>
+      </c>
+      <c r="C506" s="1" t="s">
         <v>813</v>
       </c>
-      <c r="C506" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D506">
-        <v>5200</v>
+        <v>13200</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507"/>
       <c r="B507" t="s">
+        <v>814</v>
+      </c>
+      <c r="C507" s="1" t="s">
         <v>815</v>
       </c>
-      <c r="C507" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D507">
-        <v>4100</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508"/>
       <c r="B508" t="s">
+        <v>816</v>
+      </c>
+      <c r="C508" s="1" t="s">
         <v>817</v>
       </c>
-      <c r="C508" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D508">
-        <v>7800</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509"/>
       <c r="B509" t="s">
+        <v>818</v>
+      </c>
+      <c r="C509" s="1" t="s">
         <v>819</v>
       </c>
-      <c r="C509" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D509">
-        <v>6400</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510"/>
       <c r="B510" t="s">
-        <v>86</v>
+        <v>820</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>87</v>
+        <v>821</v>
       </c>
       <c r="D510">
-        <v>7200</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511"/>
       <c r="B511" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D511">
-        <v>9300</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512"/>
       <c r="B512" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="D512">
         <v>9500</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513"/>
       <c r="B513" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="D513">
         <v>9700</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514"/>
       <c r="B514" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D514">
         <v>10200</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515"/>
       <c r="B515" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D515">
         <v>5700</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516"/>
       <c r="B516" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="D516">
         <v>2900</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517"/>
       <c r="B517" t="s">
         <v>363</v>
       </c>
       <c r="C517" s="1" t="s">
         <v>364</v>
       </c>
       <c r="D517">
         <v>2900</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518"/>
       <c r="B518" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="D518">
         <v>2800</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519"/>
       <c r="B519" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="D519">
         <v>9200</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520"/>
       <c r="B520" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D520">
         <v>4800</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521"/>
       <c r="B521" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D521">
         <v>9600</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522"/>
       <c r="B522" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="D522">
         <v>8300</v>
       </c>
     </row>
     <row r="524" spans="1:4">
       <c r="A524" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="B524"/>
       <c r="C524" s="1"/>
       <c r="D524"/>
     </row>
     <row r="525" spans="1:4">
       <c r="A525"/>
       <c r="B525" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="D525">
         <v>5800</v>
       </c>
     </row>
     <row r="526" spans="1:4">
       <c r="A526"/>
       <c r="B526" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D526">
         <v>5200</v>
       </c>
     </row>
     <row r="527" spans="1:4">
       <c r="A527"/>
       <c r="B527" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="D527">
         <v>4200</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528"/>
       <c r="B528" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D528">
         <v>13400</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529"/>
       <c r="B529" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="D529">
         <v>12600</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530"/>
       <c r="B530" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="D530">
         <v>10700</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531"/>
       <c r="B531" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="D531">
         <v>10000</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532"/>
       <c r="B532" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="D532">
         <v>10000</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533"/>
       <c r="B533" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="D533">
         <v>12000</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534"/>
       <c r="B534" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="D534">
         <v>8900</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535"/>
       <c r="B535" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="D535">
         <v>10100</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536"/>
       <c r="B536" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="D536">
         <v>6600</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537"/>
       <c r="B537" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="D537">
         <v>7200</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538"/>
       <c r="B538" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D538">
         <v>4700</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539"/>
       <c r="B539" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D539">
         <v>2600</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540"/>
       <c r="B540" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="D540">
         <v>3800</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541"/>
       <c r="B541" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="D541">
         <v>3600</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542"/>
       <c r="B542" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="D542">
         <v>12000</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543"/>
       <c r="B543" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="D543">
         <v>17600</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544"/>
       <c r="B544" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="D544">
         <v>18200</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545"/>
       <c r="B545" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D545">
         <v>17600</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546"/>
       <c r="B546" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D546">
         <v>20400</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547"/>
       <c r="B547" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="D547">
         <v>13000</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548"/>
       <c r="B548" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D548">
         <v>11400</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549"/>
       <c r="B549" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D549">
         <v>5800</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550"/>
       <c r="B550" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="D550">
         <v>10000</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551"/>
       <c r="B551" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="D551">
         <v>12600</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552"/>
       <c r="B552" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="D552">
         <v>12600</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553"/>
       <c r="B553" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D553">
         <v>10000</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554"/>
       <c r="B554" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="D554">
         <v>2000</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555"/>
       <c r="B555" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="D555">
         <v>5000</v>
       </c>
     </row>
     <row r="557" spans="1:4">
       <c r="A557" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="B557"/>
       <c r="C557" s="1"/>
       <c r="D557"/>
     </row>
     <row r="558" spans="1:4">
       <c r="A558"/>
       <c r="B558" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="C558" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="D558">
         <v>36000</v>
       </c>
     </row>
     <row r="559" spans="1:4">
       <c r="A559"/>
       <c r="B559" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="C559" s="1" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="D559">
         <v>23800</v>
       </c>
     </row>
     <row r="560" spans="1:4">
       <c r="A560"/>
       <c r="B560" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="D560">
         <v>23800</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561"/>
       <c r="B561" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D561">
         <v>37000</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562"/>
       <c r="B562" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D562">
         <v>4100</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563"/>
       <c r="B563" t="s">
         <v>24</v>
       </c>
       <c r="C563" s="1" t="s">
         <v>25</v>
       </c>
       <c r="D563">
         <v>4000</v>
       </c>
     </row>
     <row r="564" spans="1:4">
       <c r="A564"/>
       <c r="B564" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="D564">
         <v>7800</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565"/>
       <c r="B565" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="D565">
         <v>7800</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566"/>
       <c r="B566" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="D566">
         <v>6800</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567"/>
       <c r="B567" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D567">
         <v>5100</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568"/>
       <c r="B568" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D568">
         <v>5800</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569"/>
       <c r="B569" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="D569">
         <v>5300</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570"/>
       <c r="B570" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="D570">
         <v>4800</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571"/>
       <c r="B571" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="D571">
         <v>5800</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572"/>
       <c r="B572" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="D572">
         <v>5800</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573"/>
       <c r="B573" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="D573">
         <v>8400</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574"/>
       <c r="B574" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D574">
         <v>9600</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575"/>
       <c r="B575" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D575">
         <v>7200</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576"/>
       <c r="B576" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="D576">
         <v>18600</v>
       </c>
     </row>
     <row r="578" spans="1:4">
       <c r="A578" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B578"/>
       <c r="C578" s="1"/>
       <c r="D578"/>
     </row>
     <row r="579" spans="1:4">
       <c r="A579"/>
       <c r="B579" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="D579">
         <v>11800</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580"/>
       <c r="B580" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C580" s="1" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D580">
         <v>11800</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581"/>
       <c r="B581" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="C581" s="1" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="D581">
         <v>8500</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582"/>
       <c r="B582" t="s">
         <v>32</v>
       </c>
       <c r="C582" s="1" t="s">
         <v>33</v>
       </c>
       <c r="D582">
         <v>10400</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583"/>
       <c r="B583" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="D583">
         <v>6900</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584"/>
       <c r="B584" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D584">
         <v>12400</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585"/>
       <c r="B585" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D585">
         <v>8700</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586"/>
       <c r="B586" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="D586">
         <v>8800</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587"/>
       <c r="B587" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="D587">
         <v>7600</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588"/>
       <c r="B588" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="D588">
         <v>8000</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589"/>
       <c r="B589" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="D589">
         <v>11200</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590"/>
       <c r="B590" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D590">
         <v>14400</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591"/>
       <c r="B591" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D591">
         <v>7200</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592"/>
       <c r="B592" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D592">
         <v>8800</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593"/>
       <c r="B593" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D593">
         <v>10800</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594"/>
       <c r="B594" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D594">
         <v>5800</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595"/>
       <c r="B595" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D595">
         <v>9600</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596"/>
       <c r="B596" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="D596">
         <v>11700</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597"/>
       <c r="B597" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="D597">
         <v>11700</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598"/>
       <c r="B598" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D598">
         <v>15300</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599"/>
       <c r="B599" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="D599">
         <v>15300</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600"/>
       <c r="B600" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="D600">
         <v>13200</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B602"/>
       <c r="C602" s="1"/>
       <c r="D602"/>
     </row>
     <row r="603" spans="1:4">
       <c r="A603"/>
       <c r="B603" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D603">
         <v>7100</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604"/>
       <c r="B604" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="C604" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="D604">
         <v>6600</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605"/>
       <c r="B605" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C605" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D605">
         <v>10200</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606"/>
       <c r="B606" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D606">
         <v>11100</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607"/>
       <c r="B607" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="D607">
         <v>8400</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608"/>
       <c r="B608" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="D608">
         <v>7100</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609"/>
       <c r="B609" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D609">
         <v>5400</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610"/>
       <c r="B610" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="D610">
         <v>4400</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611"/>
       <c r="B611" t="s">
         <v>62</v>
       </c>
       <c r="C611" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D611">
         <v>5300</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612"/>
       <c r="B612" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D612">
         <v>2800</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613"/>
       <c r="B613" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="D613">
         <v>9200</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B615"/>
       <c r="C615" s="1"/>
       <c r="D615"/>
     </row>
     <row r="616" spans="1:4">
       <c r="A616"/>
       <c r="B616" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C616" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D616">
         <v>11800</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617"/>
       <c r="B617" t="s">
         <v>20</v>
       </c>
       <c r="C617" s="1" t="s">
         <v>21</v>
       </c>
       <c r="D617">
         <v>2100</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618"/>
       <c r="B618" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="C618" s="1" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="D618">
         <v>8800</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619"/>
       <c r="B619" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="D619">
         <v>11800</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620"/>
       <c r="B620" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D620">
         <v>8100</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621"/>
       <c r="B621" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="D621">
         <v>7800</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622"/>
       <c r="B622" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="D622">
         <v>6800</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623"/>
       <c r="B623" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="D623">
         <v>9000</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624"/>
       <c r="B624" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="D624">
         <v>5100</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625"/>
       <c r="B625" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="D625">
         <v>10400</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626"/>
       <c r="B626" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="D626">
         <v>5300</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627"/>
       <c r="B627" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="D627">
         <v>8400</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628"/>
       <c r="B628" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="D628">
         <v>4800</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629"/>
       <c r="B629" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D629">
         <v>7200</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630"/>
       <c r="B630" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="D630">
         <v>2000</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631"/>
       <c r="B631" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="D631">
         <v>10800</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632"/>
       <c r="B632" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D632">
         <v>1200</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633"/>
       <c r="B633" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="D633">
         <v>12900</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634"/>
       <c r="B634" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D634">
         <v>11100</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635"/>
       <c r="B635" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D635">
         <v>5100</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636"/>
       <c r="B636" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="D636">
         <v>5100</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637"/>
       <c r="B637" t="s">
         <v>88</v>
       </c>
       <c r="C637" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D637">
         <v>3600</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638"/>
       <c r="B638" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="D638">
         <v>4500</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639"/>
       <c r="B639" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="D639">
         <v>13600</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640"/>
       <c r="B640" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="D640">
         <v>11800</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641"/>
       <c r="B641" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D641">
         <v>23800</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642"/>
       <c r="B642" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D642">
         <v>5700</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643"/>
       <c r="B643" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="D643">
         <v>5900</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644"/>
       <c r="B644" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D644">
         <v>7800</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645"/>
       <c r="B645" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="D645">
         <v>7400</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646"/>
       <c r="B646" t="s">
-        <v>104</v>
+        <v>1047</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>105</v>
+        <v>1048</v>
       </c>
       <c r="D646">
-        <v>5400</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647"/>
       <c r="B647" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="D647">
-        <v>4700</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648"/>
       <c r="B648" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="D648">
         <v>4400</v>
       </c>
     </row>
-    <row r="649" spans="1:4">
-[...9 lines deleted...]
-      </c>
+    <row r="650" spans="1:4">
+      <c r="A650" t="s">
+        <v>1053</v>
+      </c>
+      <c r="B650"/>
+      <c r="C650" s="1"/>
+      <c r="D650"/>
     </row>
     <row r="651" spans="1:4">
-      <c r="A651" t="s">
-[...4 lines deleted...]
-      <c r="D651"/>
+      <c r="A651"/>
+      <c r="B651" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C651" s="1" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D651">
+        <v>10200</v>
+      </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652"/>
       <c r="B652" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C652" s="1" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="D652">
-        <v>10200</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653"/>
       <c r="B653" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="C653" s="1" t="s">
-        <v>1055</v>
+        <v>1058</v>
       </c>
       <c r="D653">
-        <v>7800</v>
+        <v>13600</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654"/>
       <c r="B654" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="D654">
-        <v>13600</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655"/>
       <c r="B655" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1059</v>
-[...3 lines deleted...]
-      </c>
+        <v>1062</v>
+      </c>
+      <c r="D655"/>
     </row>
     <row r="656" spans="1:4">
       <c r="A656"/>
       <c r="B656" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1061</v>
-[...1 lines deleted...]
-      <c r="D656"/>
+        <v>1064</v>
+      </c>
+      <c r="D656">
+        <v>7700</v>
+      </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657"/>
       <c r="B657" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="D657">
-        <v>7700</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658"/>
       <c r="B658" t="s">
-        <v>1064</v>
+        <v>68</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>1065</v>
+        <v>69</v>
       </c>
       <c r="D658">
-        <v>5800</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659"/>
       <c r="B659" t="s">
-        <v>68</v>
+        <v>1067</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>69</v>
+        <v>77</v>
       </c>
       <c r="D659">
-        <v>4500</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660"/>
       <c r="B660" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="D660"/>
     </row>
     <row r="661" spans="1:4">
       <c r="A661"/>
       <c r="B661" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1068</v>
-[...1 lines deleted...]
-      <c r="D661"/>
+        <v>1071</v>
+      </c>
+      <c r="D661">
+        <v>11200</v>
+      </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662"/>
       <c r="B662" t="s">
-        <v>1069</v>
+        <v>1072</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1070</v>
+        <v>1073</v>
       </c>
       <c r="D662">
-        <v>11200</v>
-[...10 lines deleted...]
-      <c r="D663">
         <v>8100</v>
       </c>
     </row>
+    <row r="664" spans="1:4">
+      <c r="A664" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B664"/>
+      <c r="C664" s="1"/>
+      <c r="D664"/>
+    </row>
     <row r="665" spans="1:4">
-      <c r="A665" t="s">
-[...4 lines deleted...]
-      <c r="D665"/>
+      <c r="A665"/>
+      <c r="B665" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C665" s="1" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D665">
+        <v>3500</v>
+      </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666"/>
       <c r="B666" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="D666">
-        <v>3500</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667"/>
       <c r="B667" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="C667" s="1" t="s">
-        <v>1076</v>
+        <v>1079</v>
       </c>
       <c r="D667">
-        <v>4200</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668"/>
       <c r="B668" t="s">
-        <v>1077</v>
+        <v>1080</v>
       </c>
       <c r="C668" s="1" t="s">
-        <v>1078</v>
+        <v>1081</v>
       </c>
       <c r="D668">
-        <v>7100</v>
-[...10 lines deleted...]
-      <c r="D669">
         <v>6600</v>
       </c>
     </row>
+    <row r="670" spans="1:4">
+      <c r="A670" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B670"/>
+      <c r="C670" s="1"/>
+      <c r="D670"/>
+    </row>
     <row r="671" spans="1:4">
-      <c r="A671" t="s">
-[...4 lines deleted...]
-      <c r="D671"/>
+      <c r="A671"/>
+      <c r="B671" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C671" s="1" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D671">
+        <v>4800</v>
+      </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672"/>
       <c r="B672" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="D672">
         <v>4800</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673"/>
       <c r="B673" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C673" s="1" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="D673">
-        <v>4800</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674"/>
       <c r="B674" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="C674" s="1" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="D674">
-        <v>11200</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675"/>
       <c r="B675" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="D675">
-        <v>8700</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676"/>
       <c r="B676" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="D676">
-        <v>5900</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677"/>
       <c r="B677" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="D677">
-        <v>6600</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678"/>
       <c r="B678" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="D678">
-        <v>5700</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679"/>
       <c r="B679" t="s">
-        <v>1095</v>
+        <v>1098</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="D679">
-        <v>6500</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680"/>
       <c r="B680" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
       <c r="D680">
-        <v>8200</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681"/>
       <c r="B681" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D681">
-        <v>2400</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682"/>
       <c r="B682" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="D682">
-        <v>3200</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683"/>
       <c r="B683" t="s">
-        <v>1103</v>
+        <v>896</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1104</v>
+        <v>1106</v>
       </c>
       <c r="D683">
-        <v>10200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684"/>
       <c r="B684" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1105</v>
+        <v>1107</v>
       </c>
       <c r="D684">
         <v>2000</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685"/>
       <c r="B685" t="s">
-        <v>895</v>
+        <v>1108</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1106</v>
+        <v>1109</v>
       </c>
       <c r="D685">
-        <v>2000</v>
-[...10 lines deleted...]
-      <c r="D686">
         <v>8900</v>
       </c>
     </row>
+    <row r="687" spans="1:4">
+      <c r="A687" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B687"/>
+      <c r="C687" s="1"/>
+      <c r="D687"/>
+    </row>
     <row r="688" spans="1:4">
-      <c r="A688" t="s">
-[...4 lines deleted...]
-      <c r="D688"/>
+      <c r="A688"/>
+      <c r="B688" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C688" s="1" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D688">
+        <v>5100</v>
+      </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689"/>
       <c r="B689" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="D689">
-        <v>5100</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690"/>
       <c r="B690" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="D690">
-        <v>7200</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691"/>
       <c r="B691" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
       <c r="C691" s="1" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="D691">
-        <v>4700</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692"/>
       <c r="B692" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="C692" s="1" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="D692">
-        <v>2400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693"/>
       <c r="B693" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="D693">
         <v>7200</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694"/>
       <c r="B694" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="D694">
-        <v>7200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695"/>
       <c r="B695" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="D695">
-        <v>3000</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696"/>
       <c r="B696" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="D696">
         <v>5300</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697"/>
       <c r="B697" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="D697">
-        <v>5300</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698"/>
       <c r="B698" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1129</v>
+        <v>1132</v>
       </c>
       <c r="D698">
-        <v>8700</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699"/>
       <c r="B699" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
       <c r="D699">
         <v>6600</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="B701"/>
       <c r="C701" s="1"/>
       <c r="D701"/>
     </row>
     <row r="702" spans="1:4">
       <c r="A702"/>
       <c r="B702" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="D702">
         <v>2400</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703"/>
       <c r="B703" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="D703">
         <v>4800</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704"/>
       <c r="B704" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="D704">
         <v>5200</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705"/>
       <c r="B705" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C705" s="1" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D705">
         <v>2400</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706"/>
       <c r="B706" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="C706" s="1" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="D706">
         <v>3300</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707"/>
       <c r="B707" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D707">
         <v>2400</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708"/>
       <c r="B708" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D708">
         <v>3300</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709"/>
       <c r="B709" t="s">
-        <v>578</v>
+        <v>1148</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>579</v>
+        <v>262</v>
       </c>
       <c r="D709">
-        <v>2800</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710"/>
       <c r="B710" t="s">
-        <v>1146</v>
+        <v>578</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>1147</v>
+        <v>579</v>
       </c>
       <c r="D710">
-        <v>6800</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711"/>
       <c r="B711" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D711">
-        <v>7200</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712"/>
       <c r="B712" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D712">
-        <v>8000</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713"/>
       <c r="B713" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="D713">
-        <v>7400</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714"/>
       <c r="B714" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="D714">
-        <v>6800</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715"/>
       <c r="B715" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D715">
-        <v>7800</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716"/>
       <c r="B716" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D716">
-        <v>6400</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717"/>
       <c r="B717" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="D717">
         <v>6400</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718"/>
       <c r="B718" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D718">
-        <v>9500</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719"/>
       <c r="B719" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="D719">
         <v>9500</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720"/>
       <c r="B720" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C720" s="1" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D720">
+        <v>9500</v>
+      </c>
+    </row>
+    <row r="721" spans="1:4">
+      <c r="A721"/>
+      <c r="B721" t="s">
         <v>638</v>
       </c>
-      <c r="C720" s="1" t="s">
+      <c r="C721" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="D720">
+      <c r="D721">
         <v>4000</v>
       </c>
     </row>
-    <row r="722" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="723" spans="1:4">
-      <c r="A723"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A723" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B723"/>
+      <c r="C723" s="1"/>
+      <c r="D723"/>
     </row>
     <row r="724" spans="1:4">
       <c r="A724"/>
       <c r="B724" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="D724">
-        <v>5600</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725"/>
       <c r="B725" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1171</v>
+        <v>1173</v>
       </c>
       <c r="D725">
-        <v>5100</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726"/>
       <c r="B726" t="s">
         <v>1172</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="D726">
-        <v>6000</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727"/>
       <c r="B727" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="D727">
         <v>6000</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728"/>
       <c r="B728" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C728" s="1" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="D728">
         <v>6000</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729"/>
       <c r="B729" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C729" s="1" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="D729">
-        <v>7100</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730"/>
       <c r="B730" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="D730">
-        <v>7200</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731"/>
       <c r="B731" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="D731">
         <v>7200</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732"/>
       <c r="B732" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="D732">
-        <v>13700</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733"/>
       <c r="B733" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="D733">
-        <v>3600</v>
+        <v>13700</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734"/>
       <c r="B734" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="D734">
-        <v>3300</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735"/>
       <c r="B735" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="D735">
-        <v>7400</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736"/>
       <c r="B736" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="D736">
-        <v>1200</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737"/>
       <c r="B737" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="D737">
-        <v>6800</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738"/>
       <c r="B738" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="D738">
-        <v>9000</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739"/>
       <c r="B739" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="D739">
-        <v>10500</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740"/>
       <c r="B740" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="D740">
-        <v>20400</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741"/>
       <c r="B741" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D741">
-        <v>19800</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742"/>
       <c r="B742" t="s">
         <v>1203</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="D742">
-        <v>9000</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743"/>
       <c r="B743" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="D743">
-        <v>13700</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744"/>
       <c r="B744" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="D744">
-        <v>3200</v>
+        <v>13700</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745"/>
       <c r="B745" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="D745">
-        <v>6800</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746"/>
       <c r="B746" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="D746">
-        <v>5400</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747"/>
       <c r="B747" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="D747">
-        <v>5900</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748"/>
       <c r="B748" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="D748">
+        <v>5900</v>
+      </c>
+    </row>
+    <row r="749" spans="1:4">
+      <c r="A749"/>
+      <c r="B749" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C749" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D749">
         <v>8400</v>
       </c>
     </row>
-    <row r="750" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="751" spans="1:4">
-      <c r="A751"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A751" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B751"/>
+      <c r="C751" s="1"/>
+      <c r="D751"/>
     </row>
     <row r="752" spans="1:4">
       <c r="A752"/>
       <c r="B752" t="s">
-        <v>1218</v>
+        <v>8</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>1219</v>
+        <v>9</v>
       </c>
       <c r="D752">
-        <v>13200</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753"/>
       <c r="B753" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="D753">
-        <v>6800</v>
+        <v>13200</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754"/>
       <c r="B754" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="D754">
-        <v>12600</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755"/>
       <c r="B755" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D755">
-        <v>14400</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756"/>
       <c r="B756" t="s">
         <v>1225</v>
       </c>
       <c r="C756" s="1" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="D756">
-        <v>12900</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757"/>
       <c r="B757" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="C757" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D757">
-        <v>7500</v>
+        <v>12900</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758"/>
       <c r="B758" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="D758">
-        <v>8100</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759"/>
       <c r="B759" t="s">
-        <v>1227</v>
+        <v>1230</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="D759">
-        <v>9300</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760"/>
       <c r="B760" t="s">
-        <v>1231</v>
+        <v>1230</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="D760">
-        <v>18000</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761"/>
       <c r="B761" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="D761">
-        <v>9600</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762"/>
       <c r="B762" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D762">
-        <v>5600</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763"/>
       <c r="B763" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="D763">
-        <v>4200</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764"/>
       <c r="B764" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="D764">
-        <v>9600</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765"/>
       <c r="B765" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D765">
-        <v>5800</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766"/>
       <c r="B766" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="D766">
-        <v>2700</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767"/>
       <c r="B767" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="D767">
-        <v>2200</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768"/>
       <c r="B768" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D768">
-        <v>4700</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769"/>
       <c r="B769" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="D769">
-        <v>9600</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770"/>
       <c r="B770" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="D770">
-        <v>20100</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771"/>
       <c r="B771" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="D771">
+        <v>20100</v>
+      </c>
+    </row>
+    <row r="772" spans="1:4">
+      <c r="A772"/>
+      <c r="B772" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C772" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D772">
         <v>18000</v>
       </c>
     </row>
-    <row r="773" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="774" spans="1:4">
-      <c r="A774"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A774" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B774"/>
+      <c r="C774" s="1"/>
+      <c r="D774"/>
     </row>
     <row r="775" spans="1:4">
       <c r="A775"/>
       <c r="B775" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="D775">
-        <v>7500</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776"/>
       <c r="B776" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="D776">
-        <v>2300</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777"/>
       <c r="B777" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D777">
-        <v>13500</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778"/>
       <c r="B778" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="D778">
-        <v>8100</v>
+        <v>13500</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779"/>
       <c r="B779" t="s">
-        <v>48</v>
+        <v>1267</v>
       </c>
       <c r="C779" s="1" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="D779">
         <v>8100</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780"/>
       <c r="B780" t="s">
         <v>48</v>
       </c>
       <c r="C780" s="1" t="s">
-        <v>50</v>
+        <v>1269</v>
       </c>
       <c r="D780">
-        <v>7200</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781"/>
       <c r="B781" t="s">
         <v>48</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D781">
-        <v>7500</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782"/>
       <c r="B782" t="s">
-        <v>1267</v>
+        <v>48</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>1268</v>
+        <v>49</v>
       </c>
       <c r="D782">
-        <v>5900</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783"/>
       <c r="B783" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D783">
-        <v>7800</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784"/>
       <c r="B784" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="D784">
-        <v>38900</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785"/>
       <c r="B785" t="s">
-        <v>1271</v>
+        <v>1274</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>1273</v>
+        <v>1275</v>
       </c>
       <c r="D785">
-        <v>27500</v>
+        <v>38900</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786"/>
       <c r="B786" t="s">
         <v>1274</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="D786">
-        <v>5400</v>
+        <v>27500</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787"/>
       <c r="B787" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D787">
-        <v>7200</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788"/>
       <c r="B788" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="D788">
-        <v>19800</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789"/>
       <c r="B789" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="D789">
         <v>19800</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790"/>
       <c r="B790" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>1282</v>
+        <v>1284</v>
       </c>
       <c r="D790">
-        <v>9400</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791"/>
       <c r="B791" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="C791" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D791">
+        <v>9400</v>
+      </c>
+    </row>
+    <row r="792" spans="1:4">
+      <c r="A792"/>
+      <c r="B792" t="s">
         <v>1283</v>
       </c>
-      <c r="D791">
+      <c r="C792" s="1" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D792">
         <v>33000</v>
       </c>
     </row>
-    <row r="793" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="794" spans="1:4">
-      <c r="A794"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A794" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B794"/>
+      <c r="C794" s="1"/>
+      <c r="D794"/>
     </row>
     <row r="795" spans="1:4">
       <c r="A795"/>
       <c r="B795" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="D795">
-        <v>4800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796"/>
       <c r="B796" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>1075</v>
+        <v>1291</v>
       </c>
       <c r="D796">
-        <v>3500</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797"/>
       <c r="B797" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C797" s="1" t="s">
         <v>1076</v>
       </c>
       <c r="D797">
-        <v>4200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798"/>
       <c r="B798" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1291</v>
+        <v>1077</v>
       </c>
       <c r="D798">
-        <v>2400</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799"/>
       <c r="B799" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="C799" s="1" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="D799">
-        <v>3800</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800"/>
       <c r="B800" t="s">
-        <v>155</v>
+        <v>1295</v>
       </c>
       <c r="C800" s="1" t="s">
-        <v>156</v>
+        <v>1296</v>
       </c>
       <c r="D800">
-        <v>3600</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801"/>
       <c r="B801" t="s">
-        <v>1294</v>
+        <v>153</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>1295</v>
+        <v>154</v>
       </c>
       <c r="D801">
-        <v>4200</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802"/>
       <c r="B802" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="D802">
-        <v>2900</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803"/>
       <c r="B803" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D803">
-        <v>3800</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804"/>
       <c r="B804" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D804">
         <v>3800</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805"/>
       <c r="B805" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D805">
-        <v>4100</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806"/>
       <c r="B806" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D806">
+        <v>4100</v>
+      </c>
+    </row>
+    <row r="807" spans="1:4">
+      <c r="A807"/>
+      <c r="B807" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C807" s="1" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D807">
         <v>6600</v>
       </c>
     </row>
-    <row r="808" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="809" spans="1:4">
-      <c r="A809"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A809" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B809"/>
+      <c r="C809" s="1"/>
+      <c r="D809"/>
     </row>
     <row r="810" spans="1:4">
       <c r="A810"/>
       <c r="B810" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="D810">
-        <v>11800</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811"/>
       <c r="B811" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="D811">
-        <v>8600</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812"/>
       <c r="B812" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D812">
-        <v>6400</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813"/>
       <c r="B813" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D813">
-        <v>7800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814"/>
       <c r="B814" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C814" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D814">
-        <v>4800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815"/>
       <c r="B815" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C815" s="1" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D815">
-        <v>7500</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816"/>
       <c r="B816" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="D816">
-        <v>7400</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817"/>
       <c r="B817" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="D817">
-        <v>7800</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818"/>
       <c r="B818" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="D818">
-        <v>6800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819"/>
       <c r="B819" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="D819">
         <v>6800</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820"/>
       <c r="B820" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="D820">
-        <v>7800</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821"/>
       <c r="B821" t="s">
-        <v>1329</v>
+        <v>1332</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="D821">
-        <v>9600</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822"/>
       <c r="B822" t="s">
         <v>1332</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D822">
-        <v>11400</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823"/>
       <c r="B823" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="D823">
-        <v>3500</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824"/>
       <c r="B824" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D824">
-        <v>8200</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825"/>
       <c r="B825" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="D825">
-        <v>8300</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826"/>
       <c r="B826" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D826">
-        <v>8200</v>
+        <v>8300</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827"/>
       <c r="B827" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D827">
-        <v>3400</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828"/>
       <c r="B828" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="D828">
-        <v>3600</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829"/>
       <c r="B829" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="D829">
-        <v>2700</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830"/>
       <c r="B830" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="D830">
-        <v>3500</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831"/>
       <c r="B831" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D831">
-        <v>2700</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832"/>
       <c r="B832" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D832">
-        <v>9000</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833"/>
       <c r="B833" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D833">
-        <v>12600</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834"/>
       <c r="B834" t="s">
-        <v>1192</v>
+        <v>1357</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="D834">
-        <v>1200</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835"/>
       <c r="B835" t="s">
-        <v>1357</v>
+        <v>1195</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D835">
-        <v>6500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836"/>
       <c r="B836" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D836">
-        <v>7300</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837"/>
       <c r="B837" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D837">
-        <v>11600</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838"/>
       <c r="B838" t="s">
-        <v>1361</v>
+        <v>1364</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1363</v>
+        <v>1365</v>
       </c>
       <c r="D838">
-        <v>9000</v>
+        <v>11600</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839"/>
       <c r="B839" t="s">
         <v>1364</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D839">
-        <v>2800</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840"/>
       <c r="B840" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>85</v>
+        <v>1368</v>
       </c>
       <c r="D840">
-        <v>9000</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841"/>
       <c r="B841" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>1368</v>
+        <v>85</v>
       </c>
       <c r="D841">
-        <v>11400</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842"/>
       <c r="B842" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D842">
-        <v>4200</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843"/>
       <c r="B843" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="D843">
-        <v>14400</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844"/>
       <c r="B844" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="D844">
-        <v>20400</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845"/>
       <c r="B845" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>1375</v>
+        <v>1377</v>
       </c>
       <c r="D845">
-        <v>19200</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846"/>
       <c r="B846" t="s">
         <v>1376</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D846">
-        <v>3300</v>
+        <v>19200</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847"/>
       <c r="B847" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D847">
-        <v>4800</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848"/>
       <c r="B848" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D848">
-        <v>7000</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849"/>
       <c r="B849" t="s">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="D849">
-        <v>4800</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850"/>
       <c r="B850" t="s">
         <v>1383</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="D850">
-        <v>15400</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851"/>
       <c r="B851" t="s">
-        <v>102</v>
+        <v>1386</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>103</v>
+        <v>1387</v>
       </c>
       <c r="D851">
-        <v>20400</v>
+        <v>15400</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852"/>
       <c r="B852" t="s">
-        <v>1385</v>
+        <v>100</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>1386</v>
+        <v>101</v>
       </c>
       <c r="D852">
-        <v>3300</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853"/>
       <c r="B853" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="D853">
-        <v>9600</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854"/>
       <c r="B854" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D854">
-        <v>5400</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855"/>
       <c r="B855" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D855">
+        <v>5400</v>
+      </c>
+    </row>
+    <row r="856" spans="1:4">
+      <c r="A856"/>
+      <c r="B856" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C856" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D856">
         <v>4100</v>
       </c>
     </row>
-    <row r="857" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="858" spans="1:4">
-      <c r="A858"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A858" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B858"/>
+      <c r="C858" s="1"/>
+      <c r="D858"/>
     </row>
     <row r="859" spans="1:4">
       <c r="A859"/>
       <c r="B859" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D859">
-        <v>5700</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860"/>
       <c r="B860" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D860">
-        <v>2800</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861"/>
       <c r="B861" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D861">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="862" spans="1:4">
+      <c r="A862"/>
+      <c r="B862" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C862" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D862">
         <v>6200</v>
       </c>
     </row>
-    <row r="863" spans="1:4">
-[...6 lines deleted...]
-    </row>
     <row r="864" spans="1:4">
-      <c r="A864"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A864" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B864"/>
+      <c r="C864" s="1"/>
+      <c r="D864"/>
     </row>
     <row r="865" spans="1:4">
       <c r="A865"/>
       <c r="B865" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="D865">
         <v>5400</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866"/>
       <c r="B866" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D866">
-        <v>6200</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867"/>
       <c r="B867" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D867">
-        <v>10500</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868"/>
       <c r="B868" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D868">
-        <v>7000</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869"/>
       <c r="B869" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C869" s="1" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D869">
-        <v>7200</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870"/>
       <c r="B870" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C870" s="1" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D870">
-        <v>8100</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871"/>
       <c r="B871" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D871">
-        <v>2400</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872"/>
       <c r="B872" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D872">
-        <v>3000</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873"/>
       <c r="B873" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D873">
-        <v>3200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874"/>
       <c r="B874" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="D874">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="875" spans="1:4">
+      <c r="A875"/>
+      <c r="B875" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C875" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="D875">
         <v>3200</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>