--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Прайс с сайта litisk74.ru" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1428">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1448">
   <si>
     <t>http://litisk74.ru</t>
   </si>
   <si>
     <t>Наименование раздела</t>
   </si>
   <si>
     <t>Наименование сувенира</t>
   </si>
   <si>
     <t>Артикул</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>Распродажа</t>
   </si>
   <si>
     <t>Визитница "Магистраль"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.36</t>
   </si>
   <si>
@@ -122,1358 +122,1379 @@
   <si>
     <t>Солонка "Крыса" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.100</t>
   </si>
   <si>
     <t>Солонка "Хрюшка" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.102</t>
   </si>
   <si>
     <t>Статауэтка "Князь Владимир" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.300.2</t>
   </si>
   <si>
     <t>Статуэтка "Дама с цветами" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.24</t>
   </si>
   <si>
-    <t>Статуэтка "Казак на коне" (В НАЛИЧИИ 1 ШТ)</t>
-[...5 lines deleted...]
-    <t>Статуэтка "Конь-скакун" (В НАЛИЧИИ 4 ШТ)</t>
+    <t>Статуэтка "Лев крылатый (малый)" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.77.0.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Ника-Богиня Победы"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.285.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Тигр (мрамор)" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.362.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Тигр" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.362.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Хозяйка Медной горы" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.32.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.32.1</t>
+  </si>
+  <si>
+    <t>Стела "Город Воинской Славы" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.246.4</t>
+  </si>
+  <si>
+    <t>Стела "Город Воинской Славы" (В НАЛИЧИИ 2 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.246.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.246.3</t>
+  </si>
+  <si>
+    <t>Сувенир "Аэрофлот" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.81</t>
+  </si>
+  <si>
+    <t>Сувенир "Бескрайние просторы" (олень) (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.191</t>
+  </si>
+  <si>
+    <t>Сувенир "Вечная память" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.90</t>
+  </si>
+  <si>
+    <t>Сувенир "Герб" (В НАЛИЧИИ  1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.373.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Истоки флота" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.17.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Магистраль" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.51</t>
+  </si>
+  <si>
+    <t>Сувенир "На охоте" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.178</t>
+  </si>
+  <si>
+    <t>Сувенир "Начало" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.109</t>
+  </si>
+  <si>
+    <t>Сувенир "Новогодний (Пёс с собачкой)" (В НАЛИЧИИ - 3 шт)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.308.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Основатель флота" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.155.2</t>
+  </si>
+  <si>
+    <t>Сувенир "Охотник" (природа)  (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.304</t>
+  </si>
+  <si>
+    <t>Сувенир "Россия морская" (тираж ограничен)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.147.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Самолет" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.340</t>
+  </si>
+  <si>
+    <t>Сувенир "Среда обитания Снежного человека" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.202</t>
+  </si>
+  <si>
+    <t>Сувенир "Террикон"  (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.182</t>
+  </si>
+  <si>
+    <t>Сувенир "Цистерна" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.225.1</t>
+  </si>
+  <si>
+    <t>Сувенир «Региональный. Санкт-Петербург» (В НАЛИЧИИ 3 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.80.2.1</t>
+  </si>
+  <si>
+    <t>Часы "Валькирия" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.06</t>
+  </si>
+  <si>
+    <t>Часы "Газовая промышленность" (В НАЛИЧИИ - 1 шт)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.38.1</t>
+  </si>
+  <si>
+    <t>Часы "Гном-добряк" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.88</t>
+  </si>
+  <si>
+    <t>Часы "Губернские. Челябинская область" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.17.0.1</t>
+  </si>
+  <si>
+    <t>Часы "Защитник земли Русской"  (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.70</t>
+  </si>
+  <si>
+    <t>Часы "Покоритель недр" (яшма) (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.43.1</t>
+  </si>
+  <si>
+    <t>Часы "Ю. Цезарь" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.05</t>
+  </si>
+  <si>
+    <t>Разное</t>
+  </si>
+  <si>
+    <t>Статуэтка "Валькирия"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.385</t>
+  </si>
+  <si>
+    <t>Статуэтка "Казак на коне"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.359.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.359.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Лев крылатый (малый)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.77.0.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Лев крылатый"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.77.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.77.1.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Лев крылатый" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.77.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Муза"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.229</t>
+  </si>
+  <si>
+    <t>Статуэтка "Мушкетер"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.102</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.285.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.285.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Подкова на счастье" в подарочной коробке</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.347</t>
+  </si>
+  <si>
+    <t>Персонализация сувениров</t>
+  </si>
+  <si>
+    <t>Гравировка фамилии и игрового номера хоккеиста или футболиста</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> </t>
+  </si>
+  <si>
+    <t>Персонализация сувенира в виде таблички (от 30 штук)</t>
+  </si>
+  <si>
+    <t>Упаковка</t>
+  </si>
+  <si>
+    <t>Коробка из зеленого гофрокартона</t>
+  </si>
+  <si>
+    <t>Подарочная коробка из МДФ</t>
+  </si>
+  <si>
+    <t>2026 Новый год</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном-звездочет"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.293</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь (малый)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.383</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь-кузнец своего счастья"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.212</t>
+  </si>
+  <si>
+    <t>Статуэтка "Лошадка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.382</t>
+  </si>
+  <si>
+    <t>Статуэтка "Пегас"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.384.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.384.1</t>
+  </si>
+  <si>
+    <t>Часы "Бега" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.23</t>
+  </si>
+  <si>
+    <t>Часы "Гном-звездочет"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.90</t>
+  </si>
+  <si>
+    <t>Часы "Конь (малый)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.93</t>
+  </si>
+  <si>
+    <t>Часы "Пегас"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.94</t>
+  </si>
+  <si>
+    <t>Автолюбитель</t>
+  </si>
+  <si>
+    <t>Статуэтка "Бензозаправщик"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.68</t>
+  </si>
+  <si>
+    <t>Статуэтка "Енот-шиномонтажник"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.238</t>
+  </si>
+  <si>
+    <t>Статуэтка "Собачка-автолюбитель"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.311.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Автолюбитель"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.143</t>
+  </si>
+  <si>
+    <t>Часы "Авторемонт"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.52</t>
+  </si>
+  <si>
+    <t>Часы "Бензозаправщик"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.25</t>
+  </si>
+  <si>
+    <t>Авиация, космонавтика</t>
+  </si>
+  <si>
+    <t>Визитница "Начало" (летчик) (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.22</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Аэропорт"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.48</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Путешествуйте с нами"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.59</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Связь времен"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.26</t>
+  </si>
+  <si>
+    <t>Статуэтка "Авиатор"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.92</t>
+  </si>
+  <si>
+    <t>Статуэтка "Космонавт"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.317.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.317.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Космонавт" (агат)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.317.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Летчик"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.38</t>
+  </si>
+  <si>
+    <t>Статуэтка "Стюардесса"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.296</t>
+  </si>
+  <si>
+    <t>Сувенир "Авиационный"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.206</t>
+  </si>
+  <si>
+    <t>Сувенир "В космосе"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.326</t>
+  </si>
+  <si>
+    <t>Сувенир "Вертолет" (вертолет собран из 13 деталей)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.144</t>
+  </si>
+  <si>
+    <t>Сувенир "Взлет 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.58.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Взлет 1" (шар)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.58.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Взлет"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.52.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Взлет" (шар)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.52.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Витязь"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.30</t>
+  </si>
+  <si>
+    <t>Сувенир "Путешествуйте с нами" (стюардесса) (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.297</t>
+  </si>
+  <si>
+    <t>Сувенир "Самолет гражданской авиации (шар)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.175.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Самолет гражданской авиации"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.175.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.339</t>
+  </si>
+  <si>
+    <t>Сувенир "Самолетик" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.341</t>
+  </si>
+  <si>
+    <t>Сувенир "Связь времен"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.105.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.105.0</t>
+  </si>
+  <si>
+    <t>Часы "Аэрофлот"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.29.0</t>
+  </si>
+  <si>
+    <t>Часы "Начало"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.22.0</t>
+  </si>
+  <si>
+    <t>Часы "Начало" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.22.1</t>
+  </si>
+  <si>
+    <t>Часы "Самолет гражданской авиации (шар)"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.91</t>
+  </si>
+  <si>
+    <t>Часы "Стюардесса"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.69</t>
+  </si>
+  <si>
+    <t>Адмиралтейство, Петр1</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Петр 1" (большой)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.05.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.05.0</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Петр 1" (малый)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.06</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Полярная звезда"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.09</t>
+  </si>
+  <si>
+    <t>Статуэтка "Моряк"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.271</t>
+  </si>
+  <si>
+    <t>Статуэтка "Петр 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.145</t>
+  </si>
+  <si>
+    <t>Статуэтка "Петр 1" (круглый пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.142</t>
+  </si>
+  <si>
+    <t>Статуэтка "Петр 1" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.146</t>
+  </si>
+  <si>
+    <t>Сувенир "Адмиралтейский"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.103.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.103.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Андреевский"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.154</t>
+  </si>
+  <si>
+    <t>Сувенир "Основатель флота"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.155.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.155.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Петровский"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.161</t>
+  </si>
+  <si>
+    <t>Сувенир "Пушка Петра 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.157</t>
+  </si>
+  <si>
+    <t>Сувенир "Россия морская"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.147.0</t>
+  </si>
+  <si>
+    <t>Часы "Адмиралтейские"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.37.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.37.0</t>
+  </si>
+  <si>
+    <t>Часы "Моряк"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.61</t>
+  </si>
+  <si>
+    <t>Часы "Петр 1"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.07</t>
+  </si>
+  <si>
+    <t>Часы "Петр 1" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.08</t>
+  </si>
+  <si>
+    <t>Часы "Штурвал"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.62</t>
+  </si>
+  <si>
+    <t>Вазы, солонки</t>
+  </si>
+  <si>
+    <t>Ваза</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.2</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.7</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.9</t>
+  </si>
+  <si>
+    <t>Ваза большая</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.6</t>
+  </si>
+  <si>
+    <t>Ваза из камня</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.115</t>
+  </si>
+  <si>
+    <t>Вазочка</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.8</t>
+  </si>
+  <si>
+    <t>Конфетница "Котенок-сластена"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.111</t>
+  </si>
+  <si>
+    <t>Конфетница "Повар-кондитер"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.109</t>
+  </si>
+  <si>
+    <t>Конфетница "Угощайтесь"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.110</t>
+  </si>
+  <si>
+    <t>Солонка "Зайчиха" (тираж ограничен)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.101</t>
+  </si>
+  <si>
+    <t>Солонка "Семейная"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 5.103</t>
+  </si>
+  <si>
+    <t>Великая Отечественная война</t>
+  </si>
+  <si>
+    <t>Письменный прибор "ВОВ" (малый)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.21</t>
+  </si>
+  <si>
+    <t>Статуэтка "Защитник Отечества "</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.91.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Защитник Отечества" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.91.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Танкист"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.258</t>
+  </si>
+  <si>
+    <t>Стела "Город Воинской Славы"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.246.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.246.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Броня Победы" (Танкист, танк T-34)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.259</t>
+  </si>
+  <si>
+    <t>Сувенир "Великая Отечественная Война"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.87</t>
+  </si>
+  <si>
+    <t>Сувенир "Гаубица"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.240</t>
+  </si>
+  <si>
+    <t>Сувенир "День победы"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.88</t>
+  </si>
+  <si>
+    <t>Сувенир "Орден"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.83</t>
+  </si>
+  <si>
+    <t>Сувенир "Оружие Победы"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.100</t>
+  </si>
+  <si>
+    <t>Сувенир "Пулемет" (собран из 7 деталей)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.97</t>
+  </si>
+  <si>
+    <t>Сувенир "Система  залпового огня"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.256</t>
+  </si>
+  <si>
+    <t>Сувенир "Слава Победителю"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.85</t>
+  </si>
+  <si>
+    <t>Сувенир "Танк"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.255</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.244.2</t>
+  </si>
+  <si>
+    <t>Сувенир "Танк" (1941-1945)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.244.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Танк" (орден)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.244.0</t>
+  </si>
+  <si>
+    <t>Сувенир «Вечная память Победителю»</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.89</t>
+  </si>
+  <si>
+    <t>Часы "Стела Город Воинской Славы"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.68</t>
+  </si>
+  <si>
+    <t>Воин-интернационалист</t>
+  </si>
+  <si>
+    <t>Визитница "Воин-афганец"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.67.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.67.0</t>
+  </si>
+  <si>
+    <t>Визитница "Воин-интернационалист"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.66</t>
+  </si>
+  <si>
+    <t>Статуэтка "Афганец" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.334</t>
+  </si>
+  <si>
+    <t>Статуэтка "Воин-интернационалист"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.332</t>
+  </si>
+  <si>
+    <t>Сувенир "Афганский"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.333</t>
+  </si>
+  <si>
+    <t>Сувенир "Вечная память воинам-интернационалистам"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.335</t>
+  </si>
+  <si>
+    <t>Сувенир "Никто не забыт"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.226</t>
+  </si>
+  <si>
+    <t>Сувенир "Память"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.227</t>
+  </si>
+  <si>
+    <t>Газовая промышленность</t>
+  </si>
+  <si>
+    <t>Визитница "Газовая промышленность"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.37</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Задвижка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.65</t>
+  </si>
+  <si>
+    <t>Статуэтка "Рабочий газовой промышленности"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.179</t>
+  </si>
+  <si>
+    <t>Статуэтка "Сова"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.48</t>
+  </si>
+  <si>
+    <t>Статуэтка "Сотрудник газовой промышленности"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.180</t>
+  </si>
+  <si>
+    <t>Сувенир "Газовое пламя"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.134</t>
+  </si>
+  <si>
+    <t>Сувенир "Задвижка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.213</t>
+  </si>
+  <si>
+    <t>Сувенир "Работник  российской газовой промышленности"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.148.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Работник газовой промышленности"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.148.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Российская газовая промышленность"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.211.0</t>
+  </si>
+  <si>
+    <t>Часы "Газовая промышленность"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.38.0</t>
+  </si>
+  <si>
+    <t>Часы "Задвижка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.79</t>
+  </si>
+  <si>
+    <t>Часы "Сова на шаре"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.54</t>
+  </si>
+  <si>
+    <t>Геология</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Геологическая разведка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.58</t>
+  </si>
+  <si>
+    <t>Статуэтка "Геолог"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.294.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Геолог"  (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.294.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном-кладоискатель"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.172</t>
+  </si>
+  <si>
+    <t>Статуэтка "Рудоискатель" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.93.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.93.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Геологическая разведка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.295.1</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.295.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Первый геолог"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.380</t>
+  </si>
+  <si>
+    <t>Гномы</t>
+  </si>
+  <si>
+    <t>Композиция "Наставник"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.27</t>
+  </si>
+  <si>
+    <t>Статуэтка "Белоснежка и гном"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.26</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Влюбленный"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.09</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Ворчун"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.07</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Добряк"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.04</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Лодырь"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.28</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном музыкант"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.29</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Умник"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.08</t>
+  </si>
+  <si>
+    <t>Статуэтка "Гном Шалопай"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.05</t>
+  </si>
+  <si>
+    <t>Часы "Свидание"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.09</t>
+  </si>
+  <si>
+    <t>Железная дорога</t>
+  </si>
+  <si>
+    <t>Статуэтка "Железнодорожник"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.235</t>
+  </si>
+  <si>
+    <t>Статуэтка "Медведь-железнодорожник"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.101</t>
+  </si>
+  <si>
+    <t>Статуэтка "Проводница"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.302</t>
+  </si>
+  <si>
+    <t>Сувенир "Вагон"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.260</t>
+  </si>
+  <si>
+    <t>Сувенир "Впервые. Паровоз Черепановых"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.189.2</t>
+  </si>
+  <si>
+    <t>Сувенир "Железнодорожная стрелка" (высокая)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.207.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Железнодорожная стрелка" (низкая)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.207.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Железнодорожный"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.222</t>
+  </si>
+  <si>
+    <t>Сувенир "Железные дороги"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.187</t>
+  </si>
+  <si>
+    <t>Сувенир "Магистраль. Зима" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.51.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Магистраль. Лето" (В НАЛИЧИИ 4 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.51.1</t>
+  </si>
+  <si>
+    <t>Сувенир "Паровоз Черепановых"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.189.0</t>
+  </si>
+  <si>
+    <t>Сувенир "Паровоз Черепановых" (высокий пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.189.1</t>
+  </si>
+  <si>
+    <t>Сувенир "РЖД"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.186</t>
+  </si>
+  <si>
+    <t>Сувенир "Счастливого пути"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.234</t>
+  </si>
+  <si>
+    <t>Часы "Железнодорожные"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.50</t>
+  </si>
+  <si>
+    <t>Часы "Счастливого пути" (Железнодорожник)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.51.0</t>
+  </si>
+  <si>
+    <t>Часы "Счастливого пути" (Проводница)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.51.1</t>
+  </si>
+  <si>
+    <t>Животный мир</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Вой волка"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.31</t>
+  </si>
+  <si>
+    <t>Письменный прибор "Орел малый"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.51</t>
+  </si>
+  <si>
+    <t>Статуэтка "Бегемот на агате"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.292.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Бегемот с птицей"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.292.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Бегемот"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.292.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Волк"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.125</t>
+  </si>
+  <si>
+    <t>Статуэтка "Дружок"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.35</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 1" (круг)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.10.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 1" (позолота)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.10.2</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 1" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.02.0</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 1" (пьедестал)  (В наличии по 1 шт)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.02.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 1" (яшма)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.10.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 2" (круг)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.11</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 2" (пьедестал)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.06</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь 2" (яшма)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.11.1</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь-скакун"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.01.0</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.01.4</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.01.3</t>
+  </si>
+  <si>
+    <t>Статуэтка "Конь-скакун" (В НАЛИЧИИ 3 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.01.2</t>
   </si>
   <si>
-    <t>Статуэтка "Лев крылатый (малый)" (В НАЛИЧИИ 1 ШТ)</t>
-[...1294 lines deleted...]
-  <si>
     <t>Статуэтка "Котенок-обжора"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.203</t>
   </si>
   <si>
     <t>Статуэтка "Лайка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.33</t>
   </si>
   <si>
     <t>Статуэтка "Легавая"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.173</t>
   </si>
   <si>
     <t>Статуэтка "Лягушка на агате"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.274.2</t>
   </si>
   <si>
     <t>Статуэтка "Лягушка"</t>
@@ -1595,87 +1616,90 @@
   <si>
     <t xml:space="preserve"> 4.200</t>
   </si>
   <si>
     <t>Сувенир "Пчела"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.210</t>
   </si>
   <si>
     <t>Сувенир "Северный"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.192</t>
   </si>
   <si>
     <t>Сувенир "Тигриная идиллия"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.221.1</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.221.0</t>
   </si>
   <si>
+    <t xml:space="preserve"> 4.221.2</t>
+  </si>
+  <si>
     <t>Часы "Волк"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.35</t>
   </si>
   <si>
     <t>Часы "Дружок"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.89</t>
   </si>
   <si>
     <t>Часы "Конь 1" (шар)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.28</t>
   </si>
   <si>
     <t>Часы "Конь с длинной попоной (яшма)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.12.1</t>
   </si>
   <si>
     <t>Часы "Конь с длинной попоной"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.12.0</t>
   </si>
   <si>
-    <t>Часы "Олень"</t>
+    <t>Часы "Олень" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.80</t>
   </si>
   <si>
-    <t>Часы "Орел малый (яшма)"</t>
+    <t>Часы "Орел малый (яшма)" (ТИРАЖ ОГРАНИЧЕН)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.48.1</t>
   </si>
   <si>
     <t>Часы "Орел малый"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.48.0</t>
   </si>
   <si>
     <t>Часы "Орел"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.04</t>
   </si>
   <si>
     <t>Часы "Соловей"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.97</t>
   </si>
   <si>
     <t>ЖКХ</t>
   </si>
@@ -1778,68 +1802,50 @@
   <si>
     <t>Статуэтка "Змей Горыныч"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.164</t>
   </si>
   <si>
     <t>Статуэтка "Змея в кокошнике"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.378</t>
   </si>
   <si>
     <t>Статуэтка "Змея-медсестра"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.184.0</t>
   </si>
   <si>
     <t>Статуэтка "Кабан-отпускник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.37.0</t>
   </si>
   <si>
-    <t>Статуэтка "Коза-балерина"</t>
-[...16 lines deleted...]
-  <si>
     <t>Статуэтка "Крыса-домохозяйка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.55.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.55.2</t>
   </si>
   <si>
     <t>Статуэтка "Крысенок"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.337</t>
   </si>
   <si>
     <t>Статуэтка "Мышонок-ремонтник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.276.1</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.276.0</t>
   </si>
   <si>
     <t>Статуэтка "Обезьяна-джентльмен"</t>
@@ -1892,56 +1898,50 @@
   <si>
     <t>Сувенир "Вечерело" (тираж ограничен)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.99</t>
   </si>
   <si>
     <t>Сувенир "Новогодний (Веселый заяц с зайчихой)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.159.0</t>
   </si>
   <si>
     <t>Сувенир "Новогодний (Заяц-спортсмен с зайчихой)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.159.1</t>
   </si>
   <si>
     <t>Сувенир "Новогодний (Кабан с хрюшкой)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.329</t>
   </si>
   <si>
-    <t>Сувенир "Новогодний (Козел с козой)"</t>
-[...4 lines deleted...]
-  <si>
     <t>Сувенир "Новогодний (Обезьянки)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.268</t>
   </si>
   <si>
     <t>Сувенир "Новогодний (Пёс с собачкой)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.308.0</t>
   </si>
   <si>
     <t>Сувенир "Петух-наставник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.282</t>
   </si>
   <si>
     <t>Сувенир "Раздумье" (дракоша)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.165.1</t>
   </si>
   <si>
     <t>Сувенир "Твой выбор"</t>
@@ -1997,50 +1997,53 @@
   <si>
     <t>Статуэтка "В. Высоцкий"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.65.0</t>
   </si>
   <si>
     <t>Статуэтка "Л. Толстой"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.13</t>
   </si>
   <si>
     <t>Статуэтка "Николай 1"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.12</t>
   </si>
   <si>
     <t>Статуэтка "Николай 2"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.198.0</t>
   </si>
   <si>
+    <t>Статуэтка "Николай 2" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 4.198.1</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.198.3</t>
   </si>
   <si>
     <t>Статуэтка "Николай 2" (пьедестал)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.198.2</t>
   </si>
   <si>
     <t>Статуэтка "Чарли Чаплин"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.20</t>
   </si>
   <si>
     <t>Статуэтка "Ю. Никулин"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.62</t>
   </si>
   <si>
     <t>Колокольчики</t>
@@ -2381,62 +2384,71 @@
   <si>
     <t xml:space="preserve"> 4.279.1</t>
   </si>
   <si>
     <t>Статуэтка-часы "Сотрудник нефтяной промышленности"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.280.1</t>
   </si>
   <si>
     <t>Сувенир "Капля нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.309.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.309.1</t>
   </si>
   <si>
     <t>Сувенир "Нефтяная вышка с каплей нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.325</t>
   </si>
   <si>
+    <t>Сувенир "Нефтяная вышка с качалкой"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.338</t>
+  </si>
+  <si>
     <t>Сувенир "Нефтяная качалка с каплей нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.287.1</t>
   </si>
   <si>
     <t>Сувенир "Нефтяная качалка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.287.0</t>
   </si>
   <si>
+    <t xml:space="preserve"> 4.230</t>
+  </si>
+  <si>
     <t>Сувенир "Нефтяники"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.381</t>
   </si>
   <si>
     <t>Сувенир "Нефтяники-бурильщики"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.220.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.220.1</t>
   </si>
   <si>
     <t>Сувенир "Первый нефтяной промысел"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.342.0</t>
   </si>
   <si>
     <t>Сувенир "Первый нефтяной промысел" (в подарочной коробке)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.342.2</t>
@@ -2480,96 +2492,108 @@
   <si>
     <t>Сувенир "Российская нефтяная промышленность"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.281.0</t>
   </si>
   <si>
     <t>Сувенир "С днем работника нефтяной промышленности"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.314</t>
   </si>
   <si>
     <t>Сувенир "Цистерна с нефтью"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.310</t>
   </si>
   <si>
     <t>Сувенир "Цистерна"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.225.0</t>
   </si>
   <si>
+    <t>Сувенир-часы "Подарок нефтянику"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.363</t>
+  </si>
+  <si>
     <t>Сувенир-часы "Работник нефтяной промышленности 1"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.286.1.1</t>
   </si>
   <si>
     <t>Сувенир-часы "Работник нефтяной промышленности 3"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.286.3.1</t>
   </si>
   <si>
     <t>Сувенир-часы "Работник российской нефтяной промышленности"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.278.1</t>
   </si>
   <si>
     <t>Сувенир-часы "Российская нефтяная промышленность"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.281.1</t>
   </si>
   <si>
     <t>Часы "Бур"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.83</t>
   </si>
   <si>
     <t>Часы "Капля нефти"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.63</t>
   </si>
   <si>
     <t>Часы "Медведь-нефтяник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.42</t>
   </si>
   <si>
+    <t>Часы "Нефтяная качалка с каплей нефти"</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.65</t>
+  </si>
+  <si>
     <t>Часы "Нефтяная качалка"</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1.65</t>
+    <t xml:space="preserve"> 1.24</t>
   </si>
   <si>
     <t>Часы "Нефтяники-бурильщики"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.49</t>
   </si>
   <si>
     <t>Часы "Цистерна с нефтью"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.67</t>
   </si>
   <si>
     <t>Пограничная служба</t>
   </si>
   <si>
     <t>Визитница "Герб пограничный"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.62</t>
   </si>
   <si>
     <t>Письменный прибор "Герб пограничный (эмаль)"</t>
   </si>
@@ -2771,137 +2795,146 @@
   <si>
     <t>Подсвечник "Каминный"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.08</t>
   </si>
   <si>
     <t>Подсвечник "Клен"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.04</t>
   </si>
   <si>
     <t>Подсвечник "Листопад"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.02</t>
   </si>
   <si>
     <t>Подсвечник "Осень"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.03</t>
   </si>
   <si>
+    <t>Подсвечник "Осень" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 2.03.1</t>
+  </si>
+  <si>
     <t>Подсвечник "Раздумье"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.05</t>
   </si>
   <si>
     <t>Подсвечник "Раздумье" (шарик)</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.11</t>
   </si>
   <si>
     <t>Подсвечник "Симфония"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.20</t>
   </si>
   <si>
     <t>Подсвечник "Эллада"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.01</t>
   </si>
   <si>
     <t>Подсвечник "Этюд" (шарик)</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.13</t>
   </si>
   <si>
     <t>Сувенир "Светильник Бусинка 1"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.15.1</t>
   </si>
   <si>
     <t>Сувенир "Светильник Бусинка 2"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.15.2</t>
   </si>
   <si>
     <t>Сувенир "Светильник Шарик 1"</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.16</t>
   </si>
   <si>
-    <t>Сувенир "Светильник. Колокольчик (яшма)"</t>
+    <t>Сувенир "Светильник. Колокольчик (яшма)" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 2.14</t>
   </si>
   <si>
     <t>Православие</t>
   </si>
   <si>
     <t>Письменный прибор-часы "Архангел Михаил"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.75</t>
   </si>
   <si>
     <t>Письменный прибор-часы "Князь Владимир"</t>
   </si>
   <si>
     <t xml:space="preserve"> 3.74</t>
   </si>
   <si>
     <t>Статауэтка "Князь Владимир"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.300.1</t>
   </si>
   <si>
     <t>Статуэтка "Александр Невский"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.364</t>
   </si>
   <si>
     <t>Статуэтка "Архангел Михаил (яшма)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.330.1.1</t>
   </si>
   <si>
+    <t>Статуэтка "Архангел Михаил (яшма)" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 4.330.1.0</t>
   </si>
   <si>
     <t>Статуэтка "Архангел Михаил"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.330.0.1</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.330.0.0</t>
   </si>
   <si>
     <t>Статуэтка "Князь Владимир"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.300.0</t>
   </si>
   <si>
     <t>Статуэтка "Князь Владимир" (пьедестал)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.301.0</t>
   </si>
   <si>
     <t>Статуэтка "Князь Владимир" (пьедестал, яшма)</t>
@@ -3005,92 +3038,92 @@
   <si>
     <t>Сувенир "Герб"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.373.0</t>
   </si>
   <si>
     <t>Сувенир "Столп закона"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.348</t>
   </si>
   <si>
     <t>Часы двухсторонние "Фемида"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.98</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>Письменный прибор "Стрелец"</t>
   </si>
   <si>
+    <t>Письменный прибор- часы "Герб РФ" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3.25</t>
+  </si>
+  <si>
     <t>Статуэтка "Витязь"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.177.1</t>
   </si>
   <si>
     <t>Статуэтка "Витязь" (яшма)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.177.2</t>
   </si>
   <si>
     <t>Статуэтка "Стрелец"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.15</t>
   </si>
   <si>
     <t>Статуэтка «Витязь»</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.177.0</t>
   </si>
   <si>
     <t>Сувенир "Герб Российский" (колонна)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.183.0</t>
   </si>
   <si>
     <t>Сувенир "Защитник Земли Русской" (Витязь)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.197</t>
   </si>
   <si>
-    <t>Сувенир "Региональный. Челябинск"</t>
-[...4 lines deleted...]
-  <si>
     <t>Сувенир "Российский герб (колонна. яшма)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.183.2</t>
   </si>
   <si>
     <t>Сувенир "Российский герб (эмаль)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.185.1</t>
   </si>
   <si>
     <t>Сувенир "Российский герб (яшма)"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.185.2</t>
   </si>
   <si>
     <t>Сувенир "Российский герб"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.185.0</t>
   </si>
   <si>
     <t>Сувенир "Российский герб" (колонна.эмаль)</t>
@@ -3185,50 +3218,53 @@
   <si>
     <t>Щит. Георгий Победоносец</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.291.1</t>
   </si>
   <si>
     <t>Щит. Герб России</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.291.0</t>
   </si>
   <si>
     <t>Рыбалка, охота</t>
   </si>
   <si>
     <t>Статуэтка "Охотник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.170.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.303</t>
   </si>
   <si>
+    <t xml:space="preserve"> 4.170.2</t>
+  </si>
+  <si>
     <t>Статуэтка "Охотник" (яшма)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.170.1</t>
   </si>
   <si>
     <t>Статуэтка "Рыбак зимний"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.61.0</t>
   </si>
   <si>
     <t>Статуэтка "Рыбак зимний" (агат)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.61.2</t>
   </si>
   <si>
     <t>Статуэтка "Рыбак зимний" (природа)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.61.1</t>
   </si>
   <si>
     <t>Статуэтка "Рыбак летний"</t>
@@ -3305,59 +3341,65 @@
   <si>
     <t xml:space="preserve"> 3.28</t>
   </si>
   <si>
     <t>Статуэтка "Майор МВД"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.181.0</t>
   </si>
   <si>
     <t>Статуэтка "Полковник, подполковник, младший лейтенант, лейтенант, старший лейтенант  МВД"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.181.1</t>
   </si>
   <si>
     <t>Статуэтка "Сотрудник ДПС"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.158</t>
   </si>
   <si>
     <t>Статуэтка "Ф. Дзержинский"</t>
   </si>
   <si>
-    <t xml:space="preserve"> 4.42</t>
+    <t xml:space="preserve"> 4.42.0</t>
   </si>
   <si>
     <t>Статуэтка "Ф. Дзержинский" (пьедестал)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.59.0</t>
   </si>
   <si>
+    <t>Статуэтка "Ф. Дзержинский" (ТИРАЖ ОГРАНИЧЕН)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.42.1</t>
+  </si>
+  <si>
     <t>Сувенир "Герб Армейский"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.135</t>
   </si>
   <si>
     <t>Сувенир "ДПС"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.208</t>
   </si>
   <si>
     <t>Сувенир "За безопасность движения"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.162</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.71.0</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.71.1</t>
   </si>
   <si>
     <t>Часы "Ф. Дзержинский"</t>
@@ -3461,54 +3503,60 @@
   <si>
     <t xml:space="preserve"> 5.4.3</t>
   </si>
   <si>
     <t>Приз "Фигурное катание"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.3.3</t>
   </si>
   <si>
     <t>Приз "Художественная гимнастика"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.4.2</t>
   </si>
   <si>
     <t>Приз "Шахматы"</t>
   </si>
   <si>
     <t xml:space="preserve"> 5.3.7</t>
   </si>
   <si>
     <t>Приз (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
+    <t>Статуэтка "Ника - Богиня Победы" (1 место)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 4.270.1</t>
+  </si>
+  <si>
     <t>Статуэтка "Ника - Богиня Победы" (низкий пьедестал)</t>
   </si>
   <si>
-    <t xml:space="preserve"> 4.270</t>
+    <t xml:space="preserve"> 4.270.0</t>
   </si>
   <si>
     <t>Статуэтка "Футболист"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.272</t>
   </si>
   <si>
     <t>Статуэтка "Хоккеист без номера"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.79.1</t>
   </si>
   <si>
     <t>Статуэтка "Хоккеист"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.79.0</t>
   </si>
   <si>
     <t>Статуэтка "Чемпион"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.377</t>
   </si>
@@ -3839,83 +3887,89 @@
   <si>
     <t>Статуэтка "Хозяйка Медной горы"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.32.3</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.32.0</t>
   </si>
   <si>
     <t>Сувенир "Даренка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.176</t>
   </si>
   <si>
     <t>Часы "Даренка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.14</t>
   </si>
   <si>
     <t>Часы "Каменный цветок"</t>
   </si>
   <si>
+    <t xml:space="preserve"> 1.01.0</t>
+  </si>
+  <si>
+    <t>Часы "Каменный цветок" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 1.01.1</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1.01.0</t>
-[...1 lines deleted...]
-  <si>
     <t>Часы "Мастер"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.02</t>
   </si>
   <si>
-    <t>Часы "Сказочница"</t>
+    <t>Часы "Сказочница" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.31</t>
   </si>
   <si>
-    <t>Часы "Хозяйка Медной горы "</t>
+    <t>Часы "Хозяйка Медной горы " (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.13.3</t>
   </si>
   <si>
     <t>Часы "Хозяйка Медной горы"</t>
   </si>
   <si>
+    <t xml:space="preserve"> 1.13.2</t>
+  </si>
+  <si>
+    <t>Часы "Хозяйка Медной горы" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
     <t xml:space="preserve"> 1.13.0</t>
   </si>
   <si>
-    <t xml:space="preserve"> 1.13.2</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 1.13.4</t>
   </si>
   <si>
     <t>Шаржи</t>
   </si>
   <si>
     <t>Статуэтка  "Ежиха-рукодельница"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.239.0</t>
   </si>
   <si>
     <t>Статуэтка "Белка-художница"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.264</t>
   </si>
   <si>
     <t>Статуэтка "Бобр-лесоруб"</t>
   </si>
   <si>
     <t>Статуэтка "Волк-интурист"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.251</t>
@@ -4274,72 +4328,78 @@
   <si>
     <t>Статуэтка "Рабочий-электрик"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.128</t>
   </si>
   <si>
     <t>Статуэтка "Рабочий-энергетик"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.153</t>
   </si>
   <si>
     <t>Статуэтка "Теплоэнергетик"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.139</t>
   </si>
   <si>
     <t>Статуэтка "Электромонтажник"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.193</t>
   </si>
   <si>
-    <t>Сувенир "Лампочка"</t>
+    <t>Сувенир "Лампочка" (В НАЛИЧИИ 1 ШТ)</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.133.0</t>
   </si>
   <si>
     <t>Сувенир "Трансформатор"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.194</t>
   </si>
   <si>
     <t>Сувенир "Энергосбережение"</t>
   </si>
   <si>
     <t xml:space="preserve"> 4.133.1</t>
   </si>
   <si>
     <t>Часы "Лампочка"</t>
   </si>
   <si>
     <t xml:space="preserve"> 1.33</t>
+  </si>
+  <si>
+    <t>Часы "Свет" (В НАЛИЧИИ 1 ШТ)</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 1.34</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4660,51 +4720,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D875"/>
+  <dimension ref="A1:D882"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D2" sqref="D2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="32.991943" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="106.116943" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="1"/>
     <col min="4" max="4" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="B1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>2</v>
       </c>
@@ -4902,9635 +4962,9683 @@
       <c r="D18">
         <v>10400</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19"/>
       <c r="B19" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="1" t="s">
         <v>35</v>
       </c>
       <c r="D19">
         <v>7900</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20"/>
       <c r="B20" t="s">
         <v>36</v>
       </c>
       <c r="C20" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D20">
-        <v>8400</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21"/>
       <c r="B21" t="s">
         <v>38</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D21">
-        <v>6400</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22"/>
       <c r="B22" t="s">
         <v>40</v>
       </c>
       <c r="C22" s="1" t="s">
         <v>41</v>
       </c>
       <c r="D22">
-        <v>7400</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23"/>
       <c r="B23" t="s">
         <v>42</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>43</v>
       </c>
       <c r="D23">
-        <v>11400</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24"/>
       <c r="B24" t="s">
         <v>44</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D24">
-        <v>2100</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25"/>
       <c r="B25" t="s">
+        <v>44</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C25" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25">
-        <v>2200</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26"/>
       <c r="B26" t="s">
+        <v>47</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>48</v>
       </c>
-      <c r="C26" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26">
-        <v>7500</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27"/>
       <c r="B27" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>50</v>
       </c>
       <c r="D27">
-        <v>7200</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28"/>
       <c r="B28" t="s">
+        <v>49</v>
+      </c>
+      <c r="C28" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="C28" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28">
-        <v>6000</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29"/>
       <c r="B29" t="s">
+        <v>52</v>
+      </c>
+      <c r="C29" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="C29" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29">
-        <v>5600</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30"/>
       <c r="B30" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C30" s="1" t="s">
         <v>55</v>
       </c>
       <c r="D30">
-        <v>4800</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31"/>
       <c r="B31" t="s">
         <v>56</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>57</v>
       </c>
       <c r="D31">
-        <v>5200</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32"/>
       <c r="B32" t="s">
         <v>58</v>
       </c>
       <c r="C32" s="1" t="s">
         <v>59</v>
       </c>
       <c r="D32">
-        <v>11300</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33"/>
       <c r="B33" t="s">
         <v>60</v>
       </c>
       <c r="C33" s="1" t="s">
         <v>61</v>
       </c>
       <c r="D33">
-        <v>8600</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34"/>
       <c r="B34" t="s">
         <v>62</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>63</v>
       </c>
       <c r="D34">
-        <v>5300</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35"/>
       <c r="B35" t="s">
         <v>64</v>
       </c>
       <c r="C35" s="1" t="s">
         <v>65</v>
       </c>
       <c r="D35">
-        <v>10800</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36"/>
       <c r="B36" t="s">
         <v>66</v>
       </c>
       <c r="C36" s="1" t="s">
         <v>67</v>
       </c>
       <c r="D36">
-        <v>3800</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37"/>
       <c r="B37" t="s">
         <v>68</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>69</v>
       </c>
       <c r="D37">
-        <v>4500</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38"/>
       <c r="B38" t="s">
         <v>70</v>
       </c>
       <c r="C38" s="1" t="s">
         <v>71</v>
       </c>
       <c r="D38">
-        <v>7000</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39"/>
       <c r="B39" t="s">
         <v>72</v>
       </c>
       <c r="C39" s="1" t="s">
         <v>73</v>
       </c>
       <c r="D39">
-        <v>4800</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40"/>
       <c r="B40" t="s">
         <v>74</v>
       </c>
       <c r="C40" s="1" t="s">
         <v>75</v>
       </c>
       <c r="D40">
-        <v>9600</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41"/>
       <c r="B41" t="s">
         <v>76</v>
       </c>
       <c r="C41" s="1" t="s">
         <v>77</v>
       </c>
       <c r="D41">
-        <v>10000</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42"/>
       <c r="B42" t="s">
         <v>78</v>
       </c>
       <c r="C42" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D42">
-        <v>9300</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43"/>
       <c r="B43" t="s">
         <v>80</v>
       </c>
       <c r="C43" s="1" t="s">
         <v>81</v>
       </c>
       <c r="D43">
-        <v>4700</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44"/>
       <c r="B44" t="s">
         <v>82</v>
       </c>
       <c r="C44" s="1" t="s">
         <v>83</v>
       </c>
       <c r="D44">
-        <v>3300</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45"/>
       <c r="B45" t="s">
         <v>84</v>
       </c>
       <c r="C45" s="1" t="s">
         <v>85</v>
       </c>
       <c r="D45">
-        <v>9000</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46"/>
       <c r="B46" t="s">
         <v>86</v>
       </c>
       <c r="C46" s="1" t="s">
         <v>87</v>
       </c>
       <c r="D46">
-        <v>7200</v>
+        <v>21600</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47"/>
       <c r="B47" t="s">
         <v>88</v>
       </c>
       <c r="C47" s="1" t="s">
         <v>89</v>
       </c>
       <c r="D47">
-        <v>3600</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48"/>
       <c r="B48" t="s">
         <v>90</v>
       </c>
       <c r="C48" s="1" t="s">
         <v>91</v>
       </c>
       <c r="D48">
-        <v>21600</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49"/>
       <c r="B49" t="s">
         <v>92</v>
       </c>
       <c r="C49" s="1" t="s">
         <v>93</v>
       </c>
       <c r="D49">
-        <v>9600</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50"/>
       <c r="B50" t="s">
         <v>94</v>
       </c>
       <c r="C50" s="1" t="s">
         <v>95</v>
       </c>
       <c r="D50">
-        <v>3600</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51"/>
       <c r="B51" t="s">
         <v>96</v>
       </c>
       <c r="C51" s="1" t="s">
         <v>97</v>
       </c>
       <c r="D51">
-        <v>23800</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52"/>
       <c r="B52" t="s">
         <v>98</v>
       </c>
       <c r="C52" s="1" t="s">
         <v>99</v>
       </c>
       <c r="D52">
-        <v>5700</v>
-[...4 lines deleted...]
-      <c r="B53" t="s">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
         <v>100</v>
       </c>
-      <c r="C53" s="1" t="s">
+      <c r="B54"/>
+      <c r="C54" s="1"/>
+      <c r="D54"/>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55"/>
+      <c r="B55" t="s">
+        <v>22</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="D55">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56"/>
+      <c r="B56" t="s">
         <v>101</v>
       </c>
-      <c r="D53">
-[...5 lines deleted...]
-      <c r="B54" t="s">
+      <c r="C56" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="C54" s="1" t="s">
-[...12 lines deleted...]
-      <c r="D56"/>
+      <c r="D56">
+        <v>21500</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57"/>
       <c r="B57" t="s">
-        <v>22</v>
+        <v>103</v>
       </c>
       <c r="C57" s="1" t="s">
-        <v>23</v>
+        <v>104</v>
       </c>
       <c r="D57">
-        <v>3600</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58"/>
       <c r="B58" t="s">
+        <v>103</v>
+      </c>
+      <c r="C58" s="1" t="s">
         <v>105</v>
       </c>
-      <c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D58">
-        <v>21500</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59"/>
       <c r="B59" t="s">
+        <v>106</v>
+      </c>
+      <c r="C59" s="1" t="s">
         <v>107</v>
       </c>
-      <c r="C59" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59">
-        <v>8200</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60"/>
       <c r="B60" t="s">
-        <v>107</v>
+        <v>36</v>
       </c>
       <c r="C60" s="1" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="D60">
-        <v>9000</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61"/>
       <c r="B61" t="s">
-        <v>36</v>
+        <v>108</v>
       </c>
       <c r="C61" s="1" t="s">
-        <v>37</v>
+        <v>109</v>
       </c>
       <c r="D61">
-        <v>8400</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62"/>
       <c r="B62" t="s">
+        <v>108</v>
+      </c>
+      <c r="C62" s="1" t="s">
         <v>110</v>
       </c>
-      <c r="C62" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D62">
-        <v>5600</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63"/>
       <c r="B63" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="C63" s="1" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="D63">
-        <v>7400</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64"/>
       <c r="B64" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C64" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D64">
-        <v>10800</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65"/>
       <c r="B65" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C65" s="1" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D65">
-        <v>10100</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66"/>
       <c r="B66" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="C66" s="1" t="s">
-        <v>116</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67"/>
       <c r="B67" t="s">
-        <v>117</v>
+        <v>38</v>
       </c>
       <c r="C67" s="1" t="s">
         <v>118</v>
       </c>
       <c r="D67">
-        <v>7500</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68"/>
       <c r="B68" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C68" s="1" t="s">
-        <v>119</v>
+        <v>39</v>
       </c>
       <c r="D68">
-        <v>12900</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69"/>
       <c r="B69" t="s">
-        <v>42</v>
+        <v>119</v>
       </c>
       <c r="C69" s="1" t="s">
         <v>120</v>
       </c>
       <c r="D69">
-        <v>9300</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70"/>
       <c r="B70" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="C70" s="1" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="D70">
-        <v>11400</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71"/>
       <c r="B71" t="s">
+        <v>86</v>
+      </c>
+      <c r="C71" s="1" t="s">
+        <v>87</v>
+      </c>
+      <c r="D71">
+        <v>21600</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
         <v>121</v>
       </c>
-      <c r="C71" s="1" t="s">
+      <c r="B73"/>
+      <c r="C73" s="1"/>
+      <c r="D73"/>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74"/>
+      <c r="B74" t="s">
         <v>122</v>
       </c>
-      <c r="D71">
-[...25 lines deleted...]
-      </c>
+      <c r="C74" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D74"/>
     </row>
     <row r="75" spans="1:4">
-      <c r="A75" t="s">
+      <c r="A75"/>
+      <c r="B75" t="s">
+        <v>124</v>
+      </c>
+      <c r="C75" s="1" t="s">
         <v>123</v>
       </c>
-      <c r="B75"/>
-      <c r="C75" s="1"/>
       <c r="D75"/>
     </row>
-    <row r="76" spans="1:4">
-[...4 lines deleted...]
-      <c r="C76" s="1" t="s">
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
         <v>125</v>
       </c>
-      <c r="D76"/>
-[...3 lines deleted...]
-      <c r="B77" t="s">
+      <c r="B77"/>
+      <c r="C77" s="1"/>
+      <c r="D77"/>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78"/>
+      <c r="B78" t="s">
         <v>126</v>
       </c>
-      <c r="C77" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D77"/>
+      <c r="C78" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="D78"/>
     </row>
     <row r="79" spans="1:4">
-      <c r="A79" t="s">
+      <c r="A79"/>
+      <c r="B79" t="s">
         <v>127</v>
       </c>
-      <c r="B79"/>
-      <c r="C79" s="1"/>
+      <c r="C79" s="1" t="s">
+        <v>123</v>
+      </c>
       <c r="D79"/>
     </row>
-    <row r="80" spans="1:4">
-[...1 lines deleted...]
-      <c r="B80" t="s">
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
         <v>128</v>
       </c>
-      <c r="C80" s="1" t="s">
-[...6 lines deleted...]
-      <c r="B81" t="s">
+      <c r="B81"/>
+      <c r="C81" s="1"/>
+      <c r="D81"/>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82"/>
+      <c r="B82" t="s">
         <v>129</v>
       </c>
-      <c r="C81" s="1" t="s">
-[...2 lines deleted...]
-      <c r="D81"/>
+      <c r="C82" s="1" t="s">
+        <v>130</v>
+      </c>
+      <c r="D82">
+        <v>2400</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
-      <c r="A83" t="s">
-[...4 lines deleted...]
-      <c r="D83"/>
+      <c r="A83"/>
+      <c r="B83" t="s">
+        <v>131</v>
+      </c>
+      <c r="C83" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="D83">
+        <v>3100</v>
+      </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84"/>
       <c r="B84" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C84" s="1" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D84">
-        <v>2400</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85"/>
       <c r="B85" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C85" s="1" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="D85">
-        <v>3100</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86"/>
       <c r="B86" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="C86" s="1" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="D86">
-        <v>3500</v>
+        <v>4300</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87"/>
       <c r="B87" t="s">
         <v>137</v>
       </c>
       <c r="C87" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D87">
-        <v>2700</v>
+        <v>5500</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88"/>
       <c r="B88" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C88" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D88">
-        <v>4300</v>
+        <v>44500</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89"/>
       <c r="B89" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C89" s="1" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D89">
-        <v>5500</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90"/>
       <c r="B90" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C90" s="1" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D90">
-        <v>44500</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91"/>
       <c r="B91" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C91" s="1" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D91">
-        <v>3700</v>
-[...11 lines deleted...]
-        <v>4400</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="93" spans="1:4">
-      <c r="A93"/>
-      <c r="B93" t="s">
+      <c r="A93" t="s">
         <v>148</v>
       </c>
-      <c r="C93" s="1" t="s">
+      <c r="B93"/>
+      <c r="C93" s="1"/>
+      <c r="D93"/>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94"/>
+      <c r="B94" t="s">
         <v>149</v>
       </c>
-      <c r="D93">
-        <v>5600</v>
+      <c r="C94" s="1" t="s">
+        <v>150</v>
+      </c>
+      <c r="D94">
+        <v>8100</v>
       </c>
     </row>
     <row r="95" spans="1:4">
-      <c r="A95" t="s">
-[...4 lines deleted...]
-      <c r="D95"/>
+      <c r="A95"/>
+      <c r="B95" t="s">
+        <v>151</v>
+      </c>
+      <c r="C95" s="1" t="s">
+        <v>152</v>
+      </c>
+      <c r="D95">
+        <v>3600</v>
+      </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96"/>
       <c r="B96" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C96" s="1" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D96">
-        <v>8100</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97"/>
       <c r="B97" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C97" s="1" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="D97">
-        <v>3600</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98"/>
       <c r="B98" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C98" s="1" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="D98">
-        <v>3000</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99"/>
       <c r="B99" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C99" s="1" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D99">
-        <v>2400</v>
-[...11 lines deleted...]
-        <v>3900</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="101" spans="1:4">
-      <c r="A101"/>
-      <c r="B101" t="s">
+      <c r="A101" t="s">
         <v>161</v>
       </c>
-      <c r="C101" s="1" t="s">
+      <c r="B101"/>
+      <c r="C101" s="1"/>
+      <c r="D101"/>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102"/>
+      <c r="B102" t="s">
         <v>162</v>
       </c>
-      <c r="D101">
-        <v>9000</v>
+      <c r="C102" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="D102">
+        <v>6900</v>
       </c>
     </row>
     <row r="103" spans="1:4">
-      <c r="A103" t="s">
-[...4 lines deleted...]
-      <c r="D103"/>
+      <c r="A103"/>
+      <c r="B103" t="s">
+        <v>164</v>
+      </c>
+      <c r="C103" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="D103">
+        <v>5900</v>
+      </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104"/>
       <c r="B104" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C104" s="1" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D104">
-        <v>7000</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105"/>
       <c r="B105" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C105" s="1" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D105">
-        <v>5900</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106"/>
       <c r="B106" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C106" s="1" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D106">
-        <v>9600</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107"/>
       <c r="B107" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C107" s="1" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D107">
-        <v>8600</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108"/>
       <c r="B108" t="s">
         <v>172</v>
       </c>
       <c r="C108" s="1" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D108">
-        <v>5700</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109"/>
       <c r="B109" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C109" s="1" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="D109"/>
     </row>
     <row r="110" spans="1:4">
       <c r="A110"/>
       <c r="B110" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C110" s="1" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D110">
-        <v>6800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111"/>
       <c r="B111" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C111" s="1" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="D111"/>
+        <v>180</v>
+      </c>
+      <c r="D111">
+        <v>6200</v>
+      </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112"/>
       <c r="B112" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C112" s="1" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D112">
-        <v>4800</v>
+        <v>10400</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113"/>
       <c r="B113" t="s">
-        <v>181</v>
+        <v>52</v>
       </c>
       <c r="C113" s="1" t="s">
-        <v>182</v>
+        <v>53</v>
       </c>
       <c r="D113">
-        <v>6200</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114"/>
       <c r="B114" t="s">
         <v>183</v>
       </c>
       <c r="C114" s="1" t="s">
         <v>184</v>
       </c>
       <c r="D114">
-        <v>10400</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115"/>
       <c r="B115" t="s">
-        <v>56</v>
+        <v>185</v>
       </c>
       <c r="C115" s="1" t="s">
-        <v>57</v>
+        <v>186</v>
       </c>
       <c r="D115">
-        <v>5200</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116"/>
       <c r="B116" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C116" s="1" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D116">
-        <v>9800</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117"/>
       <c r="B117" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="C117" s="1" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D117">
-        <v>7500</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118"/>
       <c r="B118" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C118" s="1" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D118">
-        <v>3200</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119"/>
       <c r="B119" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C119" s="1" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D119">
-        <v>5600</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120"/>
       <c r="B120" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="C120" s="1" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="D120">
-        <v>2900</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121"/>
       <c r="B121" t="s">
-        <v>195</v>
+        <v>66</v>
       </c>
       <c r="C121" s="1" t="s">
-        <v>196</v>
+        <v>67</v>
       </c>
       <c r="D121">
-        <v>5300</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122"/>
       <c r="B122" t="s">
         <v>197</v>
       </c>
       <c r="C122" s="1" t="s">
         <v>198</v>
       </c>
       <c r="D122">
         <v>10200</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123"/>
       <c r="B123" t="s">
-        <v>70</v>
+        <v>199</v>
       </c>
       <c r="C123" s="1" t="s">
-        <v>71</v>
+        <v>200</v>
       </c>
       <c r="D123">
-        <v>7200</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124"/>
       <c r="B124" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C124" s="1" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="D124">
-        <v>10200</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125"/>
       <c r="B125" t="s">
-        <v>201</v>
+        <v>76</v>
       </c>
       <c r="C125" s="1" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D125">
-        <v>10200</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126"/>
       <c r="B126" t="s">
-        <v>203</v>
+        <v>76</v>
       </c>
       <c r="C126" s="1" t="s">
-        <v>204</v>
+        <v>77</v>
       </c>
       <c r="D126">
-        <v>7000</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127"/>
       <c r="B127" t="s">
-        <v>80</v>
+        <v>204</v>
       </c>
       <c r="C127" s="1" t="s">
         <v>205</v>
       </c>
       <c r="D127">
-        <v>4700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128"/>
       <c r="B128" t="s">
-        <v>80</v>
+        <v>206</v>
       </c>
       <c r="C128" s="1" t="s">
-        <v>81</v>
+        <v>207</v>
       </c>
       <c r="D128">
-        <v>4700</v>
+        <v>8300</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129"/>
       <c r="B129" t="s">
         <v>206</v>
       </c>
       <c r="C129" s="1" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D129">
-        <v>1000</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130"/>
       <c r="B130" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="C130" s="1" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="D130">
-        <v>8300</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131"/>
       <c r="B131" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="C131" s="1" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D131">
-        <v>5900</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132"/>
       <c r="B132" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C132" s="1" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="D132">
-        <v>5400</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133"/>
       <c r="B133" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C133" s="1" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="D133">
-        <v>6500</v>
+        <v>11100</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134"/>
       <c r="B134" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C134" s="1" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D134">
-        <v>11100</v>
-[...10 lines deleted...]
-      <c r="D135">
         <v>7600</v>
       </c>
     </row>
+    <row r="136" spans="1:4">
+      <c r="A136" t="s">
+        <v>219</v>
+      </c>
+      <c r="B136"/>
+      <c r="C136" s="1"/>
+      <c r="D136"/>
+    </row>
     <row r="137" spans="1:4">
-      <c r="A137" t="s">
-[...4 lines deleted...]
-      <c r="D137"/>
+      <c r="A137"/>
+      <c r="B137" t="s">
+        <v>220</v>
+      </c>
+      <c r="C137" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="D137">
+        <v>14300</v>
+      </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138"/>
       <c r="B138" t="s">
         <v>220</v>
       </c>
       <c r="C138" s="1" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D138">
-        <v>14300</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139"/>
       <c r="B139" t="s">
-        <v>220</v>
+        <v>14</v>
       </c>
       <c r="C139" s="1" t="s">
-        <v>222</v>
+        <v>15</v>
       </c>
       <c r="D139">
-        <v>12000</v>
+        <v>13900</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140"/>
       <c r="B140" t="s">
-        <v>14</v>
+        <v>223</v>
       </c>
       <c r="C140" s="1" t="s">
-        <v>15</v>
+        <v>224</v>
       </c>
       <c r="D140">
-        <v>13900</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141"/>
       <c r="B141" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C141" s="1" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D141">
-        <v>9200</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142"/>
       <c r="B142" t="s">
-        <v>225</v>
+        <v>16</v>
       </c>
       <c r="C142" s="1" t="s">
-        <v>226</v>
+        <v>17</v>
       </c>
       <c r="D142">
-        <v>5900</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143"/>
       <c r="B143" t="s">
-        <v>16</v>
+        <v>227</v>
       </c>
       <c r="C143" s="1" t="s">
-        <v>17</v>
+        <v>228</v>
       </c>
       <c r="D143">
-        <v>7000</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144"/>
       <c r="B144" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="C144" s="1" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="D144">
-        <v>5100</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145"/>
       <c r="B145" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C145" s="1" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="D145">
-        <v>7200</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146"/>
       <c r="B146" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C146" s="1" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="D146">
-        <v>10100</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147"/>
       <c r="B147" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C147" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="D147">
-        <v>9000</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148"/>
       <c r="B148" t="s">
         <v>235</v>
       </c>
       <c r="C148" s="1" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D148">
-        <v>5800</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149"/>
       <c r="B149" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C149" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D149">
-        <v>3400</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150"/>
       <c r="B150" t="s">
-        <v>238</v>
+        <v>60</v>
       </c>
       <c r="C150" s="1" t="s">
-        <v>239</v>
+        <v>61</v>
       </c>
       <c r="D150">
-        <v>3000</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151"/>
       <c r="B151" t="s">
-        <v>64</v>
+        <v>240</v>
       </c>
       <c r="C151" s="1" t="s">
-        <v>65</v>
+        <v>241</v>
       </c>
       <c r="D151">
-        <v>10800</v>
+        <v>11600</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152"/>
       <c r="B152" t="s">
         <v>240</v>
       </c>
       <c r="C152" s="1" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D152">
-        <v>11600</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153"/>
       <c r="B153" t="s">
-        <v>240</v>
+        <v>70</v>
       </c>
       <c r="C153" s="1" t="s">
-        <v>242</v>
+        <v>71</v>
       </c>
       <c r="D153">
-        <v>9200</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154"/>
       <c r="B154" t="s">
-        <v>74</v>
+        <v>243</v>
       </c>
       <c r="C154" s="1" t="s">
-        <v>75</v>
+        <v>244</v>
       </c>
       <c r="D154">
-        <v>9600</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155"/>
       <c r="B155" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="C155" s="1" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="D155">
-        <v>11000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156"/>
       <c r="B156" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C156" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D156">
-        <v>5000</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157"/>
       <c r="B157" t="s">
-        <v>247</v>
+        <v>74</v>
       </c>
       <c r="C157" s="1" t="s">
-        <v>248</v>
+        <v>75</v>
       </c>
       <c r="D157">
-        <v>8600</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158"/>
       <c r="B158" t="s">
-        <v>78</v>
+        <v>249</v>
       </c>
       <c r="C158" s="1" t="s">
-        <v>79</v>
+        <v>250</v>
       </c>
       <c r="D158">
-        <v>9300</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159"/>
       <c r="B159" t="s">
         <v>249</v>
       </c>
       <c r="C159" s="1" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D159">
-        <v>7200</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160"/>
       <c r="B160" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="C160" s="1" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="D160">
-        <v>5000</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161"/>
       <c r="B161" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C161" s="1" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D161">
-        <v>8900</v>
+        <v>12900</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162"/>
       <c r="B162" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C162" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="D162">
-        <v>12900</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163"/>
       <c r="B163" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C163" s="1" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="D163">
-        <v>9400</v>
-[...10 lines deleted...]
-      <c r="D164">
         <v>4200</v>
       </c>
     </row>
+    <row r="165" spans="1:4">
+      <c r="A165" t="s">
+        <v>260</v>
+      </c>
+      <c r="B165"/>
+      <c r="C165" s="1"/>
+      <c r="D165"/>
+    </row>
     <row r="166" spans="1:4">
-      <c r="A166" t="s">
-[...4 lines deleted...]
-      <c r="D166"/>
+      <c r="A166"/>
+      <c r="B166" t="s">
+        <v>261</v>
+      </c>
+      <c r="C166" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="D166">
+        <v>3900</v>
+      </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167"/>
       <c r="B167" t="s">
         <v>261</v>
       </c>
       <c r="C167" s="1" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D167">
-        <v>3900</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168"/>
       <c r="B168" t="s">
         <v>261</v>
       </c>
       <c r="C168" s="1" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D168">
-        <v>5000</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169"/>
       <c r="B169" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="C169" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="D169">
-        <v>3600</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170"/>
       <c r="B170" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C170" s="1" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="D170">
-        <v>5800</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171"/>
       <c r="B171" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="C171" s="1" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="D171">
-        <v>10500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172"/>
       <c r="B172" t="s">
-        <v>269</v>
+        <v>10</v>
       </c>
       <c r="C172" s="1" t="s">
-        <v>270</v>
+        <v>11</v>
       </c>
       <c r="D172">
-        <v>1800</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173"/>
       <c r="B173" t="s">
-        <v>10</v>
+        <v>271</v>
       </c>
       <c r="C173" s="1" t="s">
-        <v>11</v>
+        <v>272</v>
       </c>
       <c r="D173">
-        <v>6000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174"/>
       <c r="B174" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="C174" s="1" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="D174">
-        <v>5600</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175"/>
       <c r="B175" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="C175" s="1" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="D175">
-        <v>7400</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176"/>
       <c r="B176" t="s">
-        <v>275</v>
+        <v>26</v>
       </c>
       <c r="C176" s="1" t="s">
-        <v>276</v>
+        <v>27</v>
       </c>
       <c r="D176">
-        <v>7800</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177"/>
       <c r="B177" t="s">
-        <v>26</v>
+        <v>277</v>
       </c>
       <c r="C177" s="1" t="s">
-        <v>27</v>
+        <v>278</v>
       </c>
       <c r="D177">
-        <v>2800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178"/>
       <c r="B178" t="s">
-        <v>277</v>
+        <v>28</v>
       </c>
       <c r="C178" s="1" t="s">
-        <v>278</v>
+        <v>29</v>
       </c>
       <c r="D178">
-        <v>3000</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179"/>
       <c r="B179" t="s">
-        <v>28</v>
+        <v>279</v>
       </c>
       <c r="C179" s="1" t="s">
-        <v>29</v>
+        <v>280</v>
       </c>
       <c r="D179">
-        <v>3300</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180"/>
       <c r="B180" t="s">
-        <v>279</v>
+        <v>30</v>
       </c>
       <c r="C180" s="1" t="s">
-        <v>280</v>
+        <v>31</v>
       </c>
       <c r="D180">
-        <v>5700</v>
-[...10 lines deleted...]
-      <c r="D181">
         <v>3300</v>
       </c>
     </row>
+    <row r="182" spans="1:4">
+      <c r="A182" t="s">
+        <v>281</v>
+      </c>
+      <c r="B182"/>
+      <c r="C182" s="1"/>
+      <c r="D182"/>
+    </row>
     <row r="183" spans="1:4">
-      <c r="A183" t="s">
-[...4 lines deleted...]
-      <c r="D183"/>
+      <c r="A183"/>
+      <c r="B183" t="s">
+        <v>282</v>
+      </c>
+      <c r="C183" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="D183">
+        <v>8400</v>
+      </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184"/>
       <c r="B184" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C184" s="1" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="D184">
-        <v>8400</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185"/>
       <c r="B185" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C185" s="1" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="D185">
-        <v>6000</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186"/>
       <c r="B186" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C186" s="1" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="D186">
-        <v>7700</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187"/>
       <c r="B187" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C187" s="1" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="D187">
-        <v>3600</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188"/>
       <c r="B188" t="s">
         <v>290</v>
       </c>
       <c r="C188" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="D188">
-        <v>5600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189"/>
       <c r="B189" t="s">
-        <v>290</v>
+        <v>47</v>
       </c>
       <c r="C189" s="1" t="s">
-        <v>292</v>
+        <v>48</v>
       </c>
       <c r="D189">
         <v>6000</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190"/>
       <c r="B190" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C190" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D190">
-        <v>6000</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191"/>
       <c r="B191" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="C191" s="1" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D191">
-        <v>5600</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192"/>
       <c r="B192" t="s">
-        <v>53</v>
+        <v>293</v>
       </c>
       <c r="C192" s="1" t="s">
-        <v>55</v>
+        <v>294</v>
       </c>
       <c r="D192">
-        <v>4800</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193"/>
       <c r="B193" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C193" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="D193">
-        <v>6600</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194"/>
       <c r="B194" t="s">
-        <v>295</v>
+        <v>56</v>
       </c>
       <c r="C194" s="1" t="s">
-        <v>296</v>
+        <v>57</v>
       </c>
       <c r="D194">
-        <v>4400</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195"/>
       <c r="B195" t="s">
-        <v>60</v>
+        <v>297</v>
       </c>
       <c r="C195" s="1" t="s">
-        <v>61</v>
+        <v>298</v>
       </c>
       <c r="D195">
-        <v>8600</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196"/>
       <c r="B196" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C196" s="1" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="D196">
-        <v>6300</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197"/>
       <c r="B197" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C197" s="1" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="D197">
-        <v>7800</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198"/>
       <c r="B198" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C198" s="1" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="D198">
-        <v>2700</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199"/>
       <c r="B199" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C199" s="1" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D199">
-        <v>5800</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200"/>
       <c r="B200" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C200" s="1" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D200">
         <v>3800</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201"/>
       <c r="B201" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C201" s="1" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D201">
-        <v>3800</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202"/>
       <c r="B202" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C202" s="1" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="D202">
-        <v>7200</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203"/>
       <c r="B203" t="s">
         <v>311</v>
       </c>
       <c r="C203" s="1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D203">
-        <v>3200</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204"/>
       <c r="B204" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C204" s="1" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="D204">
-        <v>2700</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205"/>
       <c r="B205" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C205" s="1" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="D205">
         <v>3300</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206"/>
       <c r="B206" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C206" s="1" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D206">
-        <v>3300</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207"/>
       <c r="B207" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C207" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D207">
-        <v>6800</v>
-[...10 lines deleted...]
-      <c r="D208">
         <v>5600</v>
       </c>
     </row>
+    <row r="209" spans="1:4">
+      <c r="A209" t="s">
+        <v>322</v>
+      </c>
+      <c r="B209"/>
+      <c r="C209" s="1"/>
+      <c r="D209"/>
+    </row>
     <row r="210" spans="1:4">
-      <c r="A210" t="s">
-[...4 lines deleted...]
-      <c r="D210"/>
+      <c r="A210"/>
+      <c r="B210" t="s">
+        <v>323</v>
+      </c>
+      <c r="C210" s="1" t="s">
+        <v>324</v>
+      </c>
+      <c r="D210">
+        <v>7600</v>
+      </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211"/>
       <c r="B211" t="s">
         <v>323</v>
       </c>
       <c r="C211" s="1" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D211">
-        <v>7600</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212"/>
       <c r="B212" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C212" s="1" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D212">
         <v>7000</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213"/>
       <c r="B213" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="C213" s="1" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D213">
         <v>7000</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214"/>
       <c r="B214" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="C214" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="D214">
-        <v>7000</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215"/>
       <c r="B215" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="C215" s="1" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="D215">
-        <v>5100</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216"/>
       <c r="B216" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="C216" s="1" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D216">
-        <v>8100</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217"/>
       <c r="B217" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C217" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="D217">
-        <v>6200</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218"/>
       <c r="B218" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C218" s="1" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="D218">
         <v>4200</v>
       </c>
     </row>
-    <row r="219" spans="1:4">
-[...9 lines deleted...]
-      </c>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>340</v>
+      </c>
+      <c r="B220"/>
+      <c r="C220" s="1"/>
+      <c r="D220"/>
     </row>
     <row r="221" spans="1:4">
-      <c r="A221" t="s">
-[...4 lines deleted...]
-      <c r="D221"/>
+      <c r="A221"/>
+      <c r="B221" t="s">
+        <v>341</v>
+      </c>
+      <c r="C221" s="1" t="s">
+        <v>342</v>
+      </c>
+      <c r="D221">
+        <v>5000</v>
+      </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222"/>
       <c r="B222" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="C222" s="1" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="D222">
-        <v>5000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223"/>
       <c r="B223" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="C223" s="1" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="D223">
-        <v>3000</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224"/>
       <c r="B224" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="C224" s="1" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="D224">
-        <v>7500</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225"/>
       <c r="B225" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="C225" s="1" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="D225">
-        <v>3300</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226"/>
       <c r="B226" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C226" s="1" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="D226">
-        <v>7500</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227"/>
       <c r="B227" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C227" s="1" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="D227">
-        <v>3100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228"/>
       <c r="B228" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C228" s="1" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="D228">
-        <v>2400</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229"/>
       <c r="B229" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C229" s="1" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="D229">
-        <v>10100</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230"/>
       <c r="B230" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C230" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="D230">
-        <v>9300</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231"/>
       <c r="B231" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="C231" s="1" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="D231">
-        <v>5700</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232"/>
       <c r="B232" t="s">
-        <v>361</v>
+        <v>88</v>
       </c>
       <c r="C232" s="1" t="s">
-        <v>362</v>
+        <v>89</v>
       </c>
       <c r="D232">
-        <v>6000</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233"/>
       <c r="B233" t="s">
-        <v>92</v>
+        <v>363</v>
       </c>
       <c r="C233" s="1" t="s">
-        <v>93</v>
+        <v>364</v>
       </c>
       <c r="D233">
-        <v>9600</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234"/>
       <c r="B234" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="C234" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="D234">
-        <v>2900</v>
-[...10 lines deleted...]
-      <c r="D235">
         <v>5700</v>
       </c>
     </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>367</v>
+      </c>
+      <c r="B236"/>
+      <c r="C236" s="1"/>
+      <c r="D236"/>
+    </row>
     <row r="237" spans="1:4">
-      <c r="A237" t="s">
-[...4 lines deleted...]
-      <c r="D237"/>
+      <c r="A237"/>
+      <c r="B237" t="s">
+        <v>368</v>
+      </c>
+      <c r="C237" s="1" t="s">
+        <v>369</v>
+      </c>
+      <c r="D237">
+        <v>9600</v>
+      </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238"/>
       <c r="B238" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C238" s="1" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="D238">
-        <v>9600</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239"/>
       <c r="B239" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C239" s="1" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D239">
-        <v>6400</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240"/>
       <c r="B240" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C240" s="1" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D240">
-        <v>7000</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241"/>
       <c r="B241" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="C241" s="1" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="D241">
-        <v>3000</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242"/>
       <c r="B242" t="s">
         <v>376</v>
       </c>
       <c r="C242" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D242">
-        <v>7800</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243"/>
       <c r="B243" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="C243" s="1" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="D243">
-        <v>8500</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244"/>
       <c r="B244" t="s">
         <v>379</v>
       </c>
       <c r="C244" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="D244">
-        <v>12000</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245"/>
       <c r="B245" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C245" s="1" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="D245">
-        <v>9500</v>
-[...10 lines deleted...]
-      <c r="D246">
         <v>5000</v>
       </c>
     </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>384</v>
+      </c>
+      <c r="B247"/>
+      <c r="C247" s="1"/>
+      <c r="D247"/>
+    </row>
     <row r="248" spans="1:4">
-      <c r="A248" t="s">
-[...4 lines deleted...]
-      <c r="D248"/>
+      <c r="A248"/>
+      <c r="B248" t="s">
+        <v>385</v>
+      </c>
+      <c r="C248" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="D248">
+        <v>6300</v>
+      </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249"/>
       <c r="B249" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C249" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="D249">
-        <v>6300</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250"/>
       <c r="B250" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C250" s="1" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="D250">
-        <v>8600</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251"/>
       <c r="B251" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="C251" s="1" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="D251">
-        <v>2100</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252"/>
       <c r="B252" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="C252" s="1" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="D252">
         <v>3000</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253"/>
       <c r="B253" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="C253" s="1" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="D253">
-        <v>3000</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254"/>
       <c r="B254" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C254" s="1" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="D254">
-        <v>3500</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255"/>
       <c r="B255" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C255" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="D255">
-        <v>3600</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256"/>
       <c r="B256" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C256" s="1" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="D256">
         <v>3000</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257"/>
       <c r="B257" t="s">
-        <v>401</v>
+        <v>374</v>
       </c>
       <c r="C257" s="1" t="s">
-        <v>402</v>
+        <v>375</v>
       </c>
       <c r="D257">
         <v>3000</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258"/>
       <c r="B258" t="s">
-        <v>374</v>
+        <v>90</v>
       </c>
       <c r="C258" s="1" t="s">
-        <v>375</v>
+        <v>91</v>
       </c>
       <c r="D258">
-        <v>3000</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259"/>
       <c r="B259" t="s">
-        <v>94</v>
+        <v>403</v>
       </c>
       <c r="C259" s="1" t="s">
-        <v>95</v>
+        <v>404</v>
       </c>
       <c r="D259">
-        <v>3600</v>
-[...10 lines deleted...]
-      <c r="D260">
         <v>4000</v>
       </c>
     </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>405</v>
+      </c>
+      <c r="B261"/>
+      <c r="C261" s="1"/>
+      <c r="D261"/>
+    </row>
     <row r="262" spans="1:4">
-      <c r="A262" t="s">
-[...4 lines deleted...]
-      <c r="D262"/>
+      <c r="A262"/>
+      <c r="B262" t="s">
+        <v>6</v>
+      </c>
+      <c r="C262" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D262">
+        <v>2500</v>
+      </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263"/>
       <c r="B263" t="s">
-        <v>6</v>
+        <v>406</v>
       </c>
       <c r="C263" s="1" t="s">
-        <v>7</v>
+        <v>407</v>
       </c>
       <c r="D263">
-        <v>2500</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264"/>
       <c r="B264" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C264" s="1" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="D264">
-        <v>6900</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265"/>
       <c r="B265" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C265" s="1" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="D265">
-        <v>7500</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266"/>
       <c r="B266" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="C266" s="1" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D266">
-        <v>6200</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267"/>
       <c r="B267" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C267" s="1" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="D267">
-        <v>5300</v>
+        <v>17400</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268"/>
       <c r="B268" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="C268" s="1" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="D268">
-        <v>17400</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269"/>
       <c r="B269" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C269" s="1" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="D269">
         <v>2100</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270"/>
       <c r="B270" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C270" s="1" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D270">
-        <v>2100</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271"/>
       <c r="B271" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="C271" s="1" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D271">
-        <v>5400</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272"/>
       <c r="B272" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C272" s="1" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D272">
-        <v>11200</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273"/>
       <c r="B273" t="s">
-        <v>66</v>
+        <v>426</v>
       </c>
       <c r="C273" s="1" t="s">
-        <v>67</v>
+        <v>427</v>
       </c>
       <c r="D273">
         <v>3800</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274"/>
       <c r="B274" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C274" s="1" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="D274">
         <v>12600</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275"/>
       <c r="B275" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
       <c r="C275" s="1" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="D275">
         <v>14700</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276"/>
       <c r="B276" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C276" s="1" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D276">
         <v>10700</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277"/>
       <c r="B277" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C277" s="1" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="D277">
         <v>9400</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278"/>
       <c r="B278" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C278" s="1" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D278">
         <v>4800</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279"/>
       <c r="B279" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C279" s="1" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D279">
         <v>9200</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280"/>
       <c r="B280" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C280" s="1" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D280">
         <v>9200</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="B282"/>
       <c r="C282" s="1"/>
       <c r="D282"/>
     </row>
     <row r="283" spans="1:4">
       <c r="A283"/>
       <c r="B283" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="C283" s="1" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D283">
         <v>9000</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284"/>
       <c r="B284" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="C284" s="1" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D284">
         <v>9000</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285"/>
       <c r="B285" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="C285" s="1" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D285"/>
     </row>
     <row r="286" spans="1:4">
       <c r="A286"/>
       <c r="B286" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="C286" s="1" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="D286">
         <v>6400</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287"/>
       <c r="B287" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="C287" s="1" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="D287">
         <v>6400</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288"/>
       <c r="B288" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="C288" s="1" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D288">
         <v>5600</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289"/>
       <c r="B289" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="C289" s="1" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="D289">
         <v>2200</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290"/>
       <c r="B290" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="C290" s="1" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="D290">
         <v>6600</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291"/>
       <c r="B291" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="C291" s="1" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D291">
         <v>18000</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292"/>
       <c r="B292" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C292" s="1" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D292">
         <v>9600</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293"/>
       <c r="B293" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C293" s="1" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D293">
         <v>10800</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294"/>
       <c r="B294" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C294" s="1" t="s">
-        <v>462</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="D294"/>
     </row>
     <row r="295" spans="1:4">
       <c r="A295"/>
       <c r="B295" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C295" s="1" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D295">
         <v>6600</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296"/>
       <c r="B296" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C296" s="1" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D296">
         <v>9600</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297"/>
       <c r="B297" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C297" s="1" t="s">
-        <v>468</v>
-[...3 lines deleted...]
-      </c>
+        <v>472</v>
+      </c>
+      <c r="D297"/>
     </row>
     <row r="298" spans="1:4">
       <c r="A298"/>
       <c r="B298" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C298" s="1" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="D298">
         <v>6600</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299"/>
       <c r="B299" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C299" s="1" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D299">
-        <v>12000</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300"/>
       <c r="B300" t="s">
-        <v>38</v>
+        <v>473</v>
       </c>
       <c r="C300" s="1" t="s">
-        <v>39</v>
+        <v>476</v>
       </c>
       <c r="D300">
-        <v>6400</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301"/>
       <c r="B301" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C301" s="1" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="D301">
-        <v>3600</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302"/>
       <c r="B302" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C302" s="1" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="D302">
-        <v>2200</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303"/>
       <c r="B303" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C303" s="1" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D303">
-        <v>2800</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304"/>
       <c r="B304" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="C304" s="1" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="D304"/>
+        <v>484</v>
+      </c>
+      <c r="D304">
+        <v>2800</v>
+      </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305"/>
       <c r="B305" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="C305" s="1" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>486</v>
+      </c>
+      <c r="D305"/>
     </row>
     <row r="306" spans="1:4">
       <c r="A306"/>
       <c r="B306" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C306" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D306">
-        <v>6000</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307"/>
       <c r="B307" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="C307" s="1" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="D307">
-        <v>5900</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308"/>
       <c r="B308" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="C308" s="1" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D308">
-        <v>7800</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309"/>
       <c r="B309" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C309" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D309">
-        <v>3800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310"/>
       <c r="B310" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="C310" s="1" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="D310">
-        <v>2900</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311"/>
       <c r="B311" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="C311" s="1" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="D311">
-        <v>8400</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312"/>
       <c r="B312" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C312" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D312">
-        <v>10500</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313"/>
       <c r="B313" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C313" s="1" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D313">
-        <v>6200</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314"/>
       <c r="B314" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="C314" s="1" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="D314">
-        <v>7200</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315"/>
       <c r="B315" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="C315" s="1" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D315">
-        <v>13400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316"/>
       <c r="B316" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="C316" s="1" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="D316">
-        <v>17000</v>
+        <v>13400</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317"/>
       <c r="B317" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C317" s="1" t="s">
-        <v>503</v>
-[...3 lines deleted...]
-      </c>
+        <v>508</v>
+      </c>
+      <c r="D317"/>
     </row>
     <row r="318" spans="1:4">
       <c r="A318"/>
       <c r="B318" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C318" s="1" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D318">
-        <v>2600</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319"/>
       <c r="B319" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="C319" s="1" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="D319">
-        <v>10200</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320"/>
       <c r="B320" t="s">
-        <v>506</v>
+        <v>513</v>
       </c>
       <c r="C320" s="1" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="D320">
-        <v>8800</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321"/>
       <c r="B321" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C321" s="1" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D321">
-        <v>3400</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322"/>
       <c r="B322" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C322" s="1" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="D322">
-        <v>1800</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323"/>
       <c r="B323" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="C323" s="1" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="D323">
-        <v>2100</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324"/>
       <c r="B324" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C324" s="1" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D324">
-        <v>3500</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325"/>
       <c r="B325" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="C325" s="1" t="s">
-        <v>59</v>
+        <v>523</v>
       </c>
       <c r="D325">
-        <v>11300</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326"/>
       <c r="B326" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C326" s="1" t="s">
-        <v>519</v>
+        <v>55</v>
       </c>
       <c r="D326">
-        <v>8700</v>
+        <v>11300</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327"/>
       <c r="B327" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="C327" s="1" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="D327">
-        <v>2900</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328"/>
       <c r="B328" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C328" s="1" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D328">
-        <v>3900</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329"/>
       <c r="B329" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="C329" s="1" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="D329">
-        <v>11200</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330"/>
       <c r="B330" t="s">
-        <v>524</v>
+        <v>531</v>
       </c>
       <c r="C330" s="1" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="D330">
-        <v>10200</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331"/>
       <c r="B331" t="s">
-        <v>142</v>
+        <v>531</v>
       </c>
       <c r="C331" s="1" t="s">
-        <v>143</v>
+        <v>533</v>
       </c>
       <c r="D331">
-        <v>44500</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332"/>
       <c r="B332" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="C332" s="1" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="D332">
-        <v>9000</v>
+        <v>15200</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333"/>
       <c r="B333" t="s">
-        <v>529</v>
+        <v>140</v>
       </c>
       <c r="C333" s="1" t="s">
-        <v>530</v>
+        <v>141</v>
       </c>
       <c r="D333">
-        <v>3500</v>
+        <v>44500</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334"/>
       <c r="B334" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="C334" s="1" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="D334">
-        <v>9600</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335"/>
       <c r="B335" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="C335" s="1" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="D335">
-        <v>13000</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336"/>
       <c r="B336" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="C336" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="D336">
-        <v>9300</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337"/>
       <c r="B337" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="C337" s="1" t="s">
-        <v>538</v>
-[...3 lines deleted...]
-      </c>
+        <v>542</v>
+      </c>
+      <c r="D337"/>
     </row>
     <row r="338" spans="1:4">
       <c r="A338"/>
       <c r="B338" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="C338" s="1" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="D338">
-        <v>22200</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339"/>
       <c r="B339" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C339" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="D339">
-        <v>9600</v>
+        <v>28500</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340"/>
       <c r="B340" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="C340" s="1" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="D340">
-        <v>19800</v>
+        <v>22200</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341"/>
       <c r="B341" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="C341" s="1" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="D341">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342"/>
+      <c r="B342" t="s">
+        <v>551</v>
+      </c>
+      <c r="C342" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="D342">
+        <v>19800</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343"/>
+      <c r="B343" t="s">
+        <v>553</v>
+      </c>
+      <c r="C343" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="D343">
         <v>6700</v>
       </c>
     </row>
-    <row r="343" spans="1:4">
-[...18 lines deleted...]
-    </row>
     <row r="345" spans="1:4">
-      <c r="A345"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A345" t="s">
+        <v>555</v>
+      </c>
+      <c r="B345"/>
+      <c r="C345" s="1"/>
+      <c r="D345"/>
     </row>
     <row r="346" spans="1:4">
       <c r="A346"/>
       <c r="B346" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="C346" s="1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="D346">
-        <v>7700</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="347" spans="1:4">
       <c r="A347"/>
       <c r="B347" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="C347" s="1" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="D347">
-        <v>9600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="348" spans="1:4">
       <c r="A348"/>
       <c r="B348" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D348">
+        <v>7700</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349"/>
+      <c r="B349" t="s">
+        <v>562</v>
+      </c>
+      <c r="C349" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="D349">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350"/>
+      <c r="B350" t="s">
+        <v>564</v>
+      </c>
+      <c r="C350" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="D350">
         <v>4200</v>
       </c>
     </row>
-    <row r="350" spans="1:4">
-[...18 lines deleted...]
-    </row>
     <row r="352" spans="1:4">
-      <c r="A352"/>
-[...5 lines deleted...]
-      </c>
+      <c r="A352" t="s">
+        <v>566</v>
+      </c>
+      <c r="B352"/>
+      <c r="C352" s="1"/>
       <c r="D352"/>
     </row>
     <row r="353" spans="1:4">
       <c r="A353"/>
       <c r="B353" t="s">
-        <v>561</v>
+        <v>8</v>
       </c>
       <c r="C353" s="1" t="s">
-        <v>562</v>
+        <v>9</v>
       </c>
       <c r="D353">
-        <v>3000</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="354" spans="1:4">
       <c r="A354"/>
       <c r="B354" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C354" s="1" t="s">
-        <v>564</v>
-[...3 lines deleted...]
-      </c>
+        <v>568</v>
+      </c>
+      <c r="D354"/>
     </row>
     <row r="355" spans="1:4">
       <c r="A355"/>
       <c r="B355" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="C355" s="1" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="D355">
-        <v>2700</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="356" spans="1:4">
       <c r="A356"/>
       <c r="B356" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="D356">
-        <v>2100</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="357" spans="1:4">
       <c r="A357"/>
       <c r="B357" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D357">
-        <v>5000</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="358" spans="1:4">
       <c r="A358"/>
       <c r="B358" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="D358">
-        <v>6600</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="359" spans="1:4">
       <c r="A359"/>
       <c r="B359" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="D359">
-        <v>2000</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="360" spans="1:4">
       <c r="A360"/>
       <c r="B360" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="D360">
-        <v>2200</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="361" spans="1:4">
       <c r="A361"/>
       <c r="B361" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C361" s="1" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="D361">
-        <v>2800</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="362" spans="1:4">
       <c r="A362"/>
       <c r="B362" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C362" s="1" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="D362">
-        <v>2800</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="363" spans="1:4">
       <c r="A363"/>
       <c r="B363" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D363">
-        <v>3700</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="364" spans="1:4">
       <c r="A364"/>
       <c r="B364" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="D364">
-        <v>2200</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="365" spans="1:4">
       <c r="A365"/>
       <c r="B365" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D365">
-        <v>2300</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="366" spans="1:4">
       <c r="A366"/>
       <c r="B366" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D366">
-        <v>3300</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="367" spans="1:4">
       <c r="A367"/>
       <c r="B367" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="D367">
-        <v>2700</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="368" spans="1:4">
       <c r="A368"/>
       <c r="B368" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
       <c r="D368">
-        <v>2000</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="369" spans="1:4">
       <c r="A369"/>
       <c r="B369" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D369">
-        <v>2900</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="370" spans="1:4">
       <c r="A370"/>
       <c r="B370" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="C370" s="1" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="D370">
-        <v>2200</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="371" spans="1:4">
       <c r="A371"/>
       <c r="B371" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="D371">
-        <v>1100</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="372" spans="1:4">
       <c r="A372"/>
       <c r="B372" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="D372">
-        <v>3000</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="373" spans="1:4">
       <c r="A373"/>
       <c r="B373" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>600</v>
+        <v>603</v>
       </c>
       <c r="D373">
-        <v>1500</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="374" spans="1:4">
       <c r="A374"/>
       <c r="B374" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
       <c r="D374">
-        <v>2700</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="375" spans="1:4">
       <c r="A375"/>
       <c r="B375" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="D375">
-        <v>2100</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="376" spans="1:4">
       <c r="A376"/>
       <c r="B376" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="C376" s="1" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="D376">
         <v>2200</v>
       </c>
     </row>
     <row r="377" spans="1:4">
       <c r="A377"/>
       <c r="B377" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="C377" s="1" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="D377">
-        <v>2200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="378" spans="1:4">
       <c r="A378"/>
       <c r="B378" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C378" s="1" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D378">
-        <v>3000</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="379" spans="1:4">
       <c r="A379"/>
       <c r="B379" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>611</v>
+        <v>614</v>
       </c>
       <c r="D379">
-        <v>2200</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="380" spans="1:4">
       <c r="A380"/>
       <c r="B380" t="s">
-        <v>610</v>
+        <v>40</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>612</v>
+        <v>41</v>
       </c>
       <c r="D380">
-        <v>2900</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="381" spans="1:4">
       <c r="A381"/>
       <c r="B381" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C381" s="1" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="D381">
-        <v>2100</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="382" spans="1:4">
       <c r="A382"/>
       <c r="B382" t="s">
-        <v>46</v>
+        <v>615</v>
       </c>
       <c r="C382" s="1" t="s">
-        <v>47</v>
+        <v>616</v>
       </c>
       <c r="D382">
-        <v>2200</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="383" spans="1:4">
       <c r="A383"/>
       <c r="B383" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="C383" s="1" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="D383">
-        <v>3000</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="384" spans="1:4">
       <c r="A384"/>
       <c r="B384" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C384" s="1" t="s">
-        <v>616</v>
+        <v>619</v>
       </c>
       <c r="D384">
-        <v>2700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="385" spans="1:4">
       <c r="A385"/>
       <c r="B385" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="D385">
-        <v>1500</v>
+        <v>3900</v>
       </c>
     </row>
     <row r="386" spans="1:4">
       <c r="A386"/>
       <c r="B386" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="D386">
-        <v>3900</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="387" spans="1:4">
       <c r="A387"/>
       <c r="B387" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D387">
-        <v>4100</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="388" spans="1:4">
       <c r="A388"/>
       <c r="B388" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="D388">
         <v>4800</v>
       </c>
     </row>
     <row r="389" spans="1:4">
       <c r="A389"/>
       <c r="B389" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="D389">
         <v>4800</v>
       </c>
     </row>
     <row r="390" spans="1:4">
       <c r="A390"/>
       <c r="B390" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C390" s="1" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="D390">
         <v>4800</v>
       </c>
     </row>
     <row r="391" spans="1:4">
       <c r="A391"/>
       <c r="B391" t="s">
-        <v>628</v>
+        <v>68</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>629</v>
+        <v>69</v>
       </c>
       <c r="D391">
         <v>4800</v>
       </c>
     </row>
     <row r="392" spans="1:4">
       <c r="A392"/>
       <c r="B392" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="D392">
-        <v>4800</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="393" spans="1:4">
       <c r="A393"/>
       <c r="B393" t="s">
-        <v>72</v>
+        <v>634</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>73</v>
+        <v>635</v>
       </c>
       <c r="D393">
-        <v>4800</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="394" spans="1:4">
       <c r="A394"/>
       <c r="B394" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C394" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D394">
-        <v>3800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="395" spans="1:4">
       <c r="A395"/>
       <c r="B395" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="D395">
-        <v>3000</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="396" spans="1:4">
       <c r="A396"/>
       <c r="B396" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="D396">
-        <v>4800</v>
+        <v>3200</v>
       </c>
     </row>
     <row r="397" spans="1:4">
       <c r="A397"/>
       <c r="B397" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C397" s="1" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D397">
-        <v>3800</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="398" spans="1:4">
       <c r="A398"/>
       <c r="B398" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="D398">
-        <v>3200</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="399" spans="1:4">
       <c r="A399"/>
       <c r="B399" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="D399">
-        <v>3300</v>
-[...11 lines deleted...]
-        <v>5900</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="401" spans="1:4">
-      <c r="A401"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A401" t="s">
+        <v>648</v>
+      </c>
+      <c r="B401"/>
+      <c r="C401" s="1"/>
+      <c r="D401"/>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402"/>
+      <c r="B402" t="s">
+        <v>649</v>
+      </c>
+      <c r="C402" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="D402"/>
     </row>
     <row r="403" spans="1:4">
-      <c r="A403" t="s">
-[...4 lines deleted...]
-      <c r="D403"/>
+      <c r="A403"/>
+      <c r="B403" t="s">
+        <v>651</v>
+      </c>
+      <c r="C403" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="D403">
+        <v>11800</v>
+      </c>
     </row>
     <row r="404" spans="1:4">
       <c r="A404"/>
       <c r="B404" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
       <c r="C404" s="1" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="D404">
-        <v>10200</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="405" spans="1:4">
       <c r="A405"/>
       <c r="B405" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="C405" s="1" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="D405">
-        <v>11800</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="406" spans="1:4">
       <c r="A406"/>
       <c r="B406" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="C406" s="1" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="D406">
-        <v>7500</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="407" spans="1:4">
       <c r="A407"/>
       <c r="B407" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="C407" s="1" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="D407">
-        <v>5000</v>
+        <v>12400</v>
       </c>
     </row>
     <row r="408" spans="1:4">
       <c r="A408"/>
       <c r="B408" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="C408" s="1" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="D408">
-        <v>2300</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="409" spans="1:4">
       <c r="A409"/>
       <c r="B409" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="D409">
-        <v>12400</v>
+        <v>18300</v>
       </c>
     </row>
     <row r="410" spans="1:4">
       <c r="A410"/>
       <c r="B410" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="D410">
-        <v>18000</v>
+        <v>12400</v>
       </c>
     </row>
     <row r="411" spans="1:4">
       <c r="A411"/>
       <c r="B411" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="D411">
-        <v>18300</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="412" spans="1:4">
       <c r="A412"/>
       <c r="B412" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="D412">
-        <v>12400</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="413" spans="1:4">
       <c r="A413"/>
       <c r="B413" t="s">
-        <v>665</v>
+        <v>98</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>666</v>
+        <v>99</v>
       </c>
       <c r="D413">
-        <v>2000</v>
-[...11 lines deleted...]
-        <v>6600</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="415" spans="1:4">
-      <c r="A415"/>
-[...7 lines deleted...]
-        <v>9600</v>
+      <c r="A415" t="s">
+        <v>670</v>
+      </c>
+      <c r="B415"/>
+      <c r="C415" s="1"/>
+      <c r="D415"/>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416"/>
+      <c r="B416" t="s">
+        <v>671</v>
+      </c>
+      <c r="C416" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="D416">
+        <v>3000</v>
       </c>
     </row>
     <row r="417" spans="1:4">
-      <c r="A417" t="s">
-[...4 lines deleted...]
-      <c r="D417"/>
+      <c r="A417"/>
+      <c r="B417" t="s">
+        <v>673</v>
+      </c>
+      <c r="C417" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="D417">
+        <v>2300</v>
+      </c>
     </row>
     <row r="418" spans="1:4">
       <c r="A418"/>
       <c r="B418" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="D418">
-        <v>3000</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="419" spans="1:4">
       <c r="A419"/>
       <c r="B419" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="D419">
-        <v>2300</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="420" spans="1:4">
       <c r="A420"/>
       <c r="B420" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="C420" s="1" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="D420">
-        <v>3400</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="421" spans="1:4">
       <c r="A421"/>
       <c r="B421" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="D421">
-        <v>3300</v>
-[...11 lines deleted...]
-        <v>2300</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="423" spans="1:4">
-      <c r="A423"/>
-[...7 lines deleted...]
-        <v>2800</v>
+      <c r="A423" t="s">
+        <v>683</v>
+      </c>
+      <c r="B423"/>
+      <c r="C423" s="1"/>
+      <c r="D423"/>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424"/>
+      <c r="B424" t="s">
+        <v>684</v>
+      </c>
+      <c r="C424" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="D424">
+        <v>2900</v>
       </c>
     </row>
     <row r="425" spans="1:4">
-      <c r="A425" t="s">
-[...15 lines deleted...]
-        <v>2900</v>
+      <c r="A425"/>
+      <c r="B425" t="s">
+        <v>686</v>
+      </c>
+      <c r="C425" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="D425">
+        <v>6800</v>
       </c>
     </row>
     <row r="427" spans="1:4">
-      <c r="A427"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A427" t="s">
+        <v>688</v>
+      </c>
+      <c r="B427"/>
+      <c r="C427" s="1"/>
+      <c r="D427"/>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428"/>
+      <c r="B428" t="s">
+        <v>689</v>
+      </c>
+      <c r="C428" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="D428"/>
     </row>
     <row r="429" spans="1:4">
-      <c r="A429" t="s">
-[...4 lines deleted...]
-      <c r="D429"/>
+      <c r="A429"/>
+      <c r="B429" t="s">
+        <v>691</v>
+      </c>
+      <c r="C429" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="D429">
+        <v>6200</v>
+      </c>
     </row>
     <row r="430" spans="1:4">
       <c r="A430"/>
       <c r="B430" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="D430">
-        <v>9200</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="431" spans="1:4">
       <c r="A431"/>
       <c r="B431" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="D431">
-        <v>6200</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="432" spans="1:4">
       <c r="A432"/>
       <c r="B432" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="D432">
-        <v>5600</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="433" spans="1:4">
       <c r="A433"/>
       <c r="B433" t="s">
-        <v>694</v>
+        <v>34</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>695</v>
+        <v>35</v>
       </c>
       <c r="D433">
-        <v>5700</v>
+        <v>7900</v>
       </c>
     </row>
     <row r="434" spans="1:4">
       <c r="A434"/>
       <c r="B434" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C434" s="1" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="D434">
         <v>5700</v>
       </c>
     </row>
     <row r="435" spans="1:4">
       <c r="A435"/>
       <c r="B435" t="s">
-        <v>34</v>
+        <v>701</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>35</v>
+        <v>702</v>
       </c>
       <c r="D435">
-        <v>7900</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="436" spans="1:4">
       <c r="A436"/>
       <c r="B436" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C436" s="1" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="D436">
-        <v>5700</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="437" spans="1:4">
       <c r="A437"/>
       <c r="B437" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="C437" s="1" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="D437">
         <v>5800</v>
       </c>
     </row>
     <row r="438" spans="1:4">
       <c r="A438"/>
       <c r="B438" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="C438" s="1" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="D438">
-        <v>6400</v>
-[...11 lines deleted...]
-        <v>5800</v>
+        <v>7700</v>
       </c>
     </row>
     <row r="440" spans="1:4">
-      <c r="A440"/>
-[...7 lines deleted...]
-        <v>7700</v>
+      <c r="A440" t="s">
+        <v>709</v>
+      </c>
+      <c r="B440"/>
+      <c r="C440" s="1"/>
+      <c r="D440"/>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441"/>
+      <c r="B441" t="s">
+        <v>710</v>
+      </c>
+      <c r="C441" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="D441">
+        <v>7100</v>
       </c>
     </row>
     <row r="442" spans="1:4">
-      <c r="A442" t="s">
-[...4 lines deleted...]
-      <c r="D442"/>
+      <c r="A442"/>
+      <c r="B442" t="s">
+        <v>712</v>
+      </c>
+      <c r="C442" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="D442">
+        <v>4600</v>
+      </c>
     </row>
     <row r="443" spans="1:4">
       <c r="A443"/>
       <c r="B443" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="D443">
-        <v>7100</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="444" spans="1:4">
       <c r="A444"/>
       <c r="B444" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="D444">
-        <v>4600</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="445" spans="1:4">
       <c r="A445"/>
       <c r="B445" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C445" s="1" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="D445">
-        <v>4400</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="446" spans="1:4">
       <c r="A446"/>
       <c r="B446" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="D446">
-        <v>4800</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="447" spans="1:4">
       <c r="A447"/>
       <c r="B447" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C447" s="1" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D447">
-        <v>8400</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="448" spans="1:4">
       <c r="A448"/>
       <c r="B448" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="C448" s="1" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="D448">
-        <v>7600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="449" spans="1:4">
       <c r="A449"/>
       <c r="B449" t="s">
-        <v>721</v>
+        <v>592</v>
       </c>
       <c r="C449" s="1" t="s">
-        <v>722</v>
+        <v>593</v>
       </c>
       <c r="D449">
-        <v>6000</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="450" spans="1:4">
       <c r="A450"/>
       <c r="B450" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="C450" s="1" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="D450">
-        <v>6000</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="451" spans="1:4">
       <c r="A451"/>
       <c r="B451" t="s">
-        <v>584</v>
+        <v>727</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>585</v>
+        <v>728</v>
       </c>
       <c r="D451">
-        <v>2300</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="452" spans="1:4">
       <c r="A452"/>
       <c r="B452" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="D452">
-        <v>3600</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="453" spans="1:4">
       <c r="A453"/>
       <c r="B453" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="C453" s="1" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="D453">
-        <v>7100</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="454" spans="1:4">
       <c r="A454"/>
       <c r="B454" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C454" s="1" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="D454">
-        <v>2600</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="455" spans="1:4">
       <c r="A455"/>
       <c r="B455" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="C455" s="1" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="D455">
-        <v>2100</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="456" spans="1:4">
       <c r="A456"/>
       <c r="B456" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="C456" s="1" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="D456">
-        <v>3300</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="457" spans="1:4">
       <c r="A457"/>
       <c r="B457" t="s">
-        <v>734</v>
+        <v>642</v>
       </c>
       <c r="C457" s="1" t="s">
-        <v>735</v>
+        <v>643</v>
       </c>
       <c r="D457">
-        <v>8900</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="458" spans="1:4">
       <c r="A458"/>
       <c r="B458" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C458" s="1" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="D458">
-        <v>8400</v>
-[...11 lines deleted...]
-        <v>3300</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="460" spans="1:4">
-      <c r="A460"/>
-[...7 lines deleted...]
-        <v>8900</v>
+      <c r="A460" t="s">
+        <v>741</v>
+      </c>
+      <c r="B460"/>
+      <c r="C460" s="1"/>
+      <c r="D460"/>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461"/>
+      <c r="B461" t="s">
+        <v>12</v>
+      </c>
+      <c r="C461" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="D461">
+        <v>11400</v>
       </c>
     </row>
     <row r="462" spans="1:4">
-      <c r="A462" t="s">
-[...4 lines deleted...]
-      <c r="D462"/>
+      <c r="A462"/>
+      <c r="B462" t="s">
+        <v>742</v>
+      </c>
+      <c r="C462" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="D462">
+        <v>12900</v>
+      </c>
     </row>
     <row r="463" spans="1:4">
       <c r="A463"/>
       <c r="B463" t="s">
-        <v>12</v>
+        <v>742</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>13</v>
+        <v>744</v>
       </c>
       <c r="D463">
-        <v>11400</v>
+        <v>13600</v>
       </c>
     </row>
     <row r="464" spans="1:4">
       <c r="A464"/>
       <c r="B464" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="C464" s="1" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="D464">
-        <v>12900</v>
+        <v>15000</v>
       </c>
     </row>
     <row r="465" spans="1:4">
       <c r="A465"/>
       <c r="B465" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="D465">
-        <v>13600</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="466" spans="1:4">
       <c r="A466"/>
       <c r="B466" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="D466">
-        <v>15000</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="467" spans="1:4">
       <c r="A467"/>
       <c r="B467" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D467">
-        <v>8800</v>
+        <v>16600</v>
       </c>
     </row>
     <row r="468" spans="1:4">
       <c r="A468"/>
       <c r="B468" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="C468" s="1" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="D468">
-        <v>6200</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="469" spans="1:4">
       <c r="A469"/>
       <c r="B469" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="D469">
-        <v>16600</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="470" spans="1:4">
       <c r="A470"/>
       <c r="B470" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="D470">
-        <v>8000</v>
-[...11 lines deleted...]
-        <v>8800</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="472" spans="1:4">
-      <c r="A472"/>
-[...7 lines deleted...]
-        <v>6200</v>
+      <c r="A472" t="s">
+        <v>759</v>
+      </c>
+      <c r="B472"/>
+      <c r="C472" s="1"/>
+      <c r="D472"/>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473"/>
+      <c r="B473" t="s">
+        <v>760</v>
+      </c>
+      <c r="C473" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="D473">
+        <v>4800</v>
       </c>
     </row>
     <row r="474" spans="1:4">
-      <c r="A474" t="s">
-[...4 lines deleted...]
-      <c r="D474"/>
+      <c r="A474"/>
+      <c r="B474" t="s">
+        <v>760</v>
+      </c>
+      <c r="C474" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="D474">
+        <v>4400</v>
+      </c>
     </row>
     <row r="475" spans="1:4">
       <c r="A475"/>
       <c r="B475" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C475" s="1" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="D475">
         <v>4800</v>
       </c>
     </row>
     <row r="476" spans="1:4">
       <c r="A476"/>
       <c r="B476" t="s">
-        <v>759</v>
+        <v>343</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>761</v>
+        <v>344</v>
       </c>
       <c r="D476">
-        <v>4400</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="477" spans="1:4">
       <c r="A477"/>
       <c r="B477" t="s">
-        <v>762</v>
+        <v>765</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>763</v>
+        <v>766</v>
       </c>
       <c r="D477">
-        <v>4800</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="478" spans="1:4">
       <c r="A478"/>
       <c r="B478" t="s">
-        <v>343</v>
+        <v>767</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>344</v>
+        <v>768</v>
       </c>
       <c r="D478">
-        <v>3000</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="479" spans="1:4">
       <c r="A479"/>
       <c r="B479" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="D479">
-        <v>5600</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="480" spans="1:4">
       <c r="A480"/>
       <c r="B480" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C480" s="1" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="D480">
-        <v>9600</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="481" spans="1:4">
       <c r="A481"/>
       <c r="B481" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="D481">
-        <v>7200</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="482" spans="1:4">
       <c r="A482"/>
       <c r="B482" t="s">
-        <v>770</v>
+        <v>773</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="D482">
-        <v>7100</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="483" spans="1:4">
       <c r="A483"/>
       <c r="B483" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="D483">
         <v>7100</v>
       </c>
     </row>
     <row r="484" spans="1:4">
       <c r="A484"/>
       <c r="B484" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="D484">
         <v>7600</v>
       </c>
     </row>
     <row r="485" spans="1:4">
       <c r="A485"/>
       <c r="B485" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C485" s="1" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D485">
-        <v>7100</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="486" spans="1:4">
       <c r="A486"/>
       <c r="B486" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="C486" s="1" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="D486">
         <v>7600</v>
       </c>
     </row>
     <row r="487" spans="1:4">
       <c r="A487"/>
       <c r="B487" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="C487" s="1" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="D487">
-        <v>5600</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="488" spans="1:4">
       <c r="A488"/>
       <c r="B488" t="s">
-        <v>780</v>
+        <v>353</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>781</v>
+        <v>354</v>
       </c>
       <c r="D488">
-        <v>7600</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="489" spans="1:4">
       <c r="A489"/>
       <c r="B489" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="D489">
-        <v>7600</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="490" spans="1:4">
       <c r="A490"/>
       <c r="B490" t="s">
-        <v>353</v>
+        <v>785</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>354</v>
+        <v>787</v>
       </c>
       <c r="D490">
-        <v>2400</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="491" spans="1:4">
       <c r="A491"/>
       <c r="B491" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="D491">
-        <v>2300</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="492" spans="1:4">
       <c r="A492"/>
       <c r="B492" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="C492" s="1" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="D492">
-        <v>2800</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="493" spans="1:4">
       <c r="A493"/>
       <c r="B493" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="D493">
-        <v>6900</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="494" spans="1:4">
       <c r="A494"/>
       <c r="B494" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="D494">
-        <v>4400</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="495" spans="1:4">
       <c r="A495"/>
       <c r="B495" t="s">
-        <v>791</v>
+        <v>794</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="D495">
-        <v>2900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="496" spans="1:4">
       <c r="A496"/>
       <c r="B496" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="C496" s="1" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="D496">
         <v>11200</v>
       </c>
     </row>
     <row r="497" spans="1:4">
       <c r="A497"/>
       <c r="B497" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="D497">
         <v>8400</v>
       </c>
     </row>
     <row r="498" spans="1:4">
       <c r="A498"/>
       <c r="B498" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C498" s="1" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="D498">
         <v>9600</v>
       </c>
     </row>
     <row r="499" spans="1:4">
       <c r="A499"/>
       <c r="B499" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="C499" s="1" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="D499">
         <v>10800</v>
       </c>
     </row>
     <row r="500" spans="1:4">
       <c r="A500"/>
       <c r="B500" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C500" s="1" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="D500">
         <v>14400</v>
       </c>
     </row>
     <row r="501" spans="1:4">
       <c r="A501"/>
       <c r="B501" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="D501">
         <v>9000</v>
       </c>
     </row>
     <row r="502" spans="1:4">
       <c r="A502"/>
       <c r="B502" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="D502">
         <v>7400</v>
       </c>
     </row>
     <row r="503" spans="1:4">
       <c r="A503"/>
       <c r="B503" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="D503">
         <v>9200</v>
       </c>
     </row>
     <row r="504" spans="1:4">
       <c r="A504"/>
       <c r="B504" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="D504">
         <v>12200</v>
       </c>
     </row>
     <row r="505" spans="1:4">
       <c r="A505"/>
       <c r="B505" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="D505">
         <v>9800</v>
       </c>
     </row>
     <row r="506" spans="1:4">
       <c r="A506"/>
       <c r="B506" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C506" s="1" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D506">
         <v>13200</v>
       </c>
     </row>
     <row r="507" spans="1:4">
       <c r="A507"/>
       <c r="B507" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="D507">
         <v>5200</v>
       </c>
     </row>
     <row r="508" spans="1:4">
       <c r="A508"/>
       <c r="B508" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="C508" s="1" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="D508">
         <v>4100</v>
       </c>
     </row>
     <row r="509" spans="1:4">
       <c r="A509"/>
       <c r="B509" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
       <c r="C509" s="1" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="D509">
         <v>7800</v>
       </c>
     </row>
     <row r="510" spans="1:4">
       <c r="A510"/>
       <c r="B510" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D510">
         <v>6400</v>
       </c>
     </row>
     <row r="511" spans="1:4">
       <c r="A511"/>
       <c r="B511" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="C511" s="1" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="D511">
         <v>7200</v>
       </c>
     </row>
     <row r="512" spans="1:4">
       <c r="A512"/>
       <c r="B512" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="C512" s="1" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="D512">
-        <v>9500</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="513" spans="1:4">
       <c r="A513"/>
       <c r="B513" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="D513">
-        <v>9700</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="514" spans="1:4">
       <c r="A514"/>
       <c r="B514" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="D514">
-        <v>10200</v>
+        <v>9700</v>
       </c>
     </row>
     <row r="515" spans="1:4">
       <c r="A515"/>
       <c r="B515" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="D515">
-        <v>5700</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="516" spans="1:4">
       <c r="A516"/>
       <c r="B516" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="D516">
-        <v>2900</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="517" spans="1:4">
       <c r="A517"/>
       <c r="B517" t="s">
-        <v>363</v>
+        <v>836</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>364</v>
+        <v>837</v>
       </c>
       <c r="D517">
         <v>2900</v>
       </c>
     </row>
     <row r="518" spans="1:4">
       <c r="A518"/>
       <c r="B518" t="s">
-        <v>832</v>
+        <v>363</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>833</v>
+        <v>364</v>
       </c>
       <c r="D518">
-        <v>2800</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="519" spans="1:4">
       <c r="A519"/>
       <c r="B519" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="D519">
-        <v>9200</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="520" spans="1:4">
       <c r="A520"/>
       <c r="B520" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="D520">
-        <v>4800</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="521" spans="1:4">
       <c r="A521"/>
       <c r="B521" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="D521">
-        <v>9600</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="522" spans="1:4">
       <c r="A522"/>
       <c r="B522" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="D522">
+        <v>3300</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523"/>
+      <c r="B523" t="s">
+        <v>846</v>
+      </c>
+      <c r="C523" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="D523">
+        <v>9600</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524"/>
+      <c r="B524" t="s">
+        <v>848</v>
+      </c>
+      <c r="C524" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="D524">
         <v>8300</v>
       </c>
     </row>
-    <row r="524" spans="1:4">
-[...18 lines deleted...]
-    </row>
     <row r="526" spans="1:4">
-      <c r="A526"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A526" t="s">
+        <v>850</v>
+      </c>
+      <c r="B526"/>
+      <c r="C526" s="1"/>
+      <c r="D526"/>
     </row>
     <row r="527" spans="1:4">
       <c r="A527"/>
       <c r="B527" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="D527">
-        <v>4200</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="528" spans="1:4">
       <c r="A528"/>
       <c r="B528" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="D528">
-        <v>13400</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="529" spans="1:4">
       <c r="A529"/>
       <c r="B529" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D529">
-        <v>12600</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="530" spans="1:4">
       <c r="A530"/>
       <c r="B530" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="D530">
-        <v>10700</v>
+        <v>13400</v>
       </c>
     </row>
     <row r="531" spans="1:4">
       <c r="A531"/>
       <c r="B531" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D531">
-        <v>10000</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="532" spans="1:4">
       <c r="A532"/>
       <c r="B532" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="D532">
-        <v>10000</v>
+        <v>10700</v>
       </c>
     </row>
     <row r="533" spans="1:4">
       <c r="A533"/>
       <c r="B533" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="D533">
-        <v>12000</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="534" spans="1:4">
       <c r="A534"/>
       <c r="B534" t="s">
-        <v>860</v>
+        <v>863</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="D534">
-        <v>8900</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="535" spans="1:4">
       <c r="A535"/>
       <c r="B535" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="D535">
-        <v>10100</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="536" spans="1:4">
       <c r="A536"/>
       <c r="B536" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C536" s="1" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="D536">
-        <v>6600</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="537" spans="1:4">
       <c r="A537"/>
       <c r="B537" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="C537" s="1" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="D537">
-        <v>7200</v>
+        <v>10100</v>
       </c>
     </row>
     <row r="538" spans="1:4">
       <c r="A538"/>
       <c r="B538" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C538" s="1" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D538">
-        <v>4700</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="539" spans="1:4">
       <c r="A539"/>
       <c r="B539" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="C539" s="1" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="D539">
-        <v>2600</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="540" spans="1:4">
       <c r="A540"/>
       <c r="B540" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="C540" s="1" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="D540">
-        <v>3800</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="541" spans="1:4">
       <c r="A541"/>
       <c r="B541" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C541" s="1" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="D541">
-        <v>3600</v>
+        <v>2600</v>
       </c>
     </row>
     <row r="542" spans="1:4">
       <c r="A542"/>
       <c r="B542" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="C542" s="1" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="D542">
-        <v>12000</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="543" spans="1:4">
       <c r="A543"/>
       <c r="B543" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="C543" s="1" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="D543">
-        <v>17600</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="544" spans="1:4">
       <c r="A544"/>
       <c r="B544" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C544" s="1" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="D544">
-        <v>18200</v>
+        <v>12000</v>
       </c>
     </row>
     <row r="545" spans="1:4">
       <c r="A545"/>
       <c r="B545" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="C545" s="1" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="D545">
         <v>17600</v>
       </c>
     </row>
     <row r="546" spans="1:4">
       <c r="A546"/>
       <c r="B546" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C546" s="1" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="D546">
-        <v>20400</v>
+        <v>18200</v>
       </c>
     </row>
     <row r="547" spans="1:4">
       <c r="A547"/>
       <c r="B547" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="C547" s="1" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="D547">
-        <v>13000</v>
+        <v>17600</v>
       </c>
     </row>
     <row r="548" spans="1:4">
       <c r="A548"/>
       <c r="B548" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C548" s="1" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="D548">
-        <v>11400</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="549" spans="1:4">
       <c r="A549"/>
       <c r="B549" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="C549" s="1" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D549">
-        <v>5800</v>
+        <v>13000</v>
       </c>
     </row>
     <row r="550" spans="1:4">
       <c r="A550"/>
       <c r="B550" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="C550" s="1" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="D550">
-        <v>10000</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="551" spans="1:4">
       <c r="A551"/>
       <c r="B551" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C551" s="1" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D551">
-        <v>12600</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="552" spans="1:4">
       <c r="A552"/>
       <c r="B552" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="C552" s="1" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D552">
-        <v>12600</v>
+        <v>10000</v>
       </c>
     </row>
     <row r="553" spans="1:4">
       <c r="A553"/>
       <c r="B553" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="C553" s="1" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="D553">
-        <v>10000</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="554" spans="1:4">
       <c r="A554"/>
       <c r="B554" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="C554" s="1" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="D554">
-        <v>2000</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="555" spans="1:4">
       <c r="A555"/>
       <c r="B555" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="C555" s="1" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="D555">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556"/>
+      <c r="B556" t="s">
+        <v>904</v>
+      </c>
+      <c r="C556" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="D556">
+        <v>2000</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557"/>
+      <c r="B557" t="s">
+        <v>906</v>
+      </c>
+      <c r="C557" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="D557">
         <v>5000</v>
       </c>
     </row>
-    <row r="557" spans="1:4">
-[...18 lines deleted...]
-    </row>
     <row r="559" spans="1:4">
-      <c r="A559"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A559" t="s">
+        <v>908</v>
+      </c>
+      <c r="B559"/>
+      <c r="C559" s="1"/>
+      <c r="D559"/>
     </row>
     <row r="560" spans="1:4">
       <c r="A560"/>
       <c r="B560" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="C560" s="1" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="D560">
-        <v>23800</v>
+        <v>36000</v>
       </c>
     </row>
     <row r="561" spans="1:4">
       <c r="A561"/>
       <c r="B561" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="C561" s="1" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="D561">
-        <v>37000</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="562" spans="1:4">
       <c r="A562"/>
       <c r="B562" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="C562" s="1" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="D562">
-        <v>4100</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="563" spans="1:4">
       <c r="A563"/>
       <c r="B563" t="s">
-        <v>24</v>
+        <v>915</v>
       </c>
       <c r="C563" s="1" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      </c>
+        <v>916</v>
+      </c>
+      <c r="D563"/>
     </row>
     <row r="564" spans="1:4">
       <c r="A564"/>
       <c r="B564" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="C564" s="1" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="D564">
-        <v>7800</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="565" spans="1:4">
       <c r="A565"/>
       <c r="B565" t="s">
-        <v>913</v>
+        <v>24</v>
       </c>
       <c r="C565" s="1" t="s">
-        <v>914</v>
+        <v>25</v>
       </c>
       <c r="D565">
-        <v>7800</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="566" spans="1:4">
       <c r="A566"/>
       <c r="B566" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="C566" s="1" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="D566">
-        <v>6800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="567" spans="1:4">
       <c r="A567"/>
       <c r="B567" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="C567" s="1" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="D567">
-        <v>5100</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="568" spans="1:4">
       <c r="A568"/>
       <c r="B568" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="C568" s="1" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="D568">
-        <v>5800</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="569" spans="1:4">
       <c r="A569"/>
       <c r="B569" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="C569" s="1" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="D569">
-        <v>5300</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="570" spans="1:4">
       <c r="A570"/>
       <c r="B570" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="C570" s="1" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="D570">
-        <v>4800</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="571" spans="1:4">
       <c r="A571"/>
       <c r="B571" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C571" s="1" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="D571">
         <v>5800</v>
       </c>
     </row>
     <row r="572" spans="1:4">
       <c r="A572"/>
       <c r="B572" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="C572" s="1" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="D572">
-        <v>5800</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="573" spans="1:4">
       <c r="A573"/>
       <c r="B573" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="C573" s="1" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="D573">
-        <v>8400</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="574" spans="1:4">
       <c r="A574"/>
       <c r="B574" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="C574" s="1" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="D574">
-        <v>9600</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="575" spans="1:4">
       <c r="A575"/>
       <c r="B575" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="C575" s="1" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="D575">
-        <v>7200</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="576" spans="1:4">
       <c r="A576"/>
       <c r="B576" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="C576" s="1" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="D576">
-        <v>18600</v>
+        <v>8400</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577"/>
+      <c r="B577" t="s">
+        <v>941</v>
+      </c>
+      <c r="C577" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="D577">
+        <v>9600</v>
       </c>
     </row>
     <row r="578" spans="1:4">
-      <c r="A578" t="s">
-[...4 lines deleted...]
-      <c r="D578"/>
+      <c r="A578"/>
+      <c r="B578" t="s">
+        <v>943</v>
+      </c>
+      <c r="C578" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="D578">
+        <v>7200</v>
+      </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579"/>
       <c r="B579" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="C579" s="1" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="D579">
-        <v>11800</v>
-[...11 lines deleted...]
-        <v>11800</v>
+        <v>18600</v>
       </c>
     </row>
     <row r="581" spans="1:4">
-      <c r="A581"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A581" t="s">
+        <v>947</v>
+      </c>
+      <c r="B581"/>
+      <c r="C581" s="1"/>
+      <c r="D581"/>
     </row>
     <row r="582" spans="1:4">
       <c r="A582"/>
       <c r="B582" t="s">
-        <v>32</v>
+        <v>948</v>
       </c>
       <c r="C582" s="1" t="s">
-        <v>33</v>
+        <v>949</v>
       </c>
       <c r="D582">
-        <v>10400</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583"/>
       <c r="B583" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="C583" s="1" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="D583">
-        <v>6900</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584"/>
       <c r="B584" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="C584" s="1" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="D584">
-        <v>12400</v>
+        <v>8500</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585"/>
       <c r="B585" t="s">
-        <v>946</v>
+        <v>32</v>
       </c>
       <c r="C585" s="1" t="s">
-        <v>948</v>
+        <v>33</v>
       </c>
       <c r="D585">
-        <v>8700</v>
+        <v>10400</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586"/>
       <c r="B586" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="C586" s="1" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="D586">
-        <v>8800</v>
+        <v>6900</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587"/>
       <c r="B587" t="s">
-        <v>949</v>
+        <v>956</v>
       </c>
       <c r="C587" s="1" t="s">
-        <v>951</v>
-[...3 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="D587"/>
     </row>
     <row r="588" spans="1:4">
       <c r="A588"/>
       <c r="B588" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="C588" s="1" t="s">
-        <v>953</v>
+        <v>959</v>
       </c>
       <c r="D588">
-        <v>8000</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589"/>
       <c r="B589" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
       <c r="C589" s="1" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="D589">
-        <v>11200</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590"/>
       <c r="B590" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="C590" s="1" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="D590">
-        <v>14400</v>
+        <v>7600</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591"/>
       <c r="B591" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="C591" s="1" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="D591">
-        <v>7200</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592"/>
       <c r="B592" t="s">
-        <v>958</v>
+        <v>965</v>
       </c>
       <c r="C592" s="1" t="s">
-        <v>960</v>
+        <v>966</v>
       </c>
       <c r="D592">
-        <v>8800</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593"/>
       <c r="B593" t="s">
-        <v>961</v>
+        <v>967</v>
       </c>
       <c r="C593" s="1" t="s">
-        <v>962</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="D593"/>
     </row>
     <row r="594" spans="1:4">
       <c r="A594"/>
       <c r="B594" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="C594" s="1" t="s">
-        <v>964</v>
+        <v>970</v>
       </c>
       <c r="D594">
-        <v>5800</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595"/>
       <c r="B595" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="C595" s="1" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="D595">
-        <v>9600</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596"/>
       <c r="B596" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="C596" s="1" t="s">
-        <v>968</v>
-[...3 lines deleted...]
-      </c>
+        <v>973</v>
+      </c>
+      <c r="D596"/>
     </row>
     <row r="597" spans="1:4">
       <c r="A597"/>
       <c r="B597" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="C597" s="1" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="D597">
-        <v>11700</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598"/>
       <c r="B598" t="s">
-        <v>967</v>
+        <v>976</v>
       </c>
       <c r="C598" s="1" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="D598">
-        <v>15300</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599"/>
       <c r="B599" t="s">
-        <v>971</v>
+        <v>978</v>
       </c>
       <c r="C599" s="1" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="D599">
-        <v>15300</v>
+        <v>11700</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600"/>
       <c r="B600" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
       <c r="C600" s="1" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="D600">
-        <v>13200</v>
-      </c>
+        <v>11700</v>
+      </c>
+    </row>
+    <row r="601" spans="1:4">
+      <c r="A601"/>
+      <c r="B601" t="s">
+        <v>978</v>
+      </c>
+      <c r="C601" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="D601"/>
     </row>
     <row r="602" spans="1:4">
-      <c r="A602" t="s">
-[...4 lines deleted...]
-      <c r="D602"/>
+      <c r="A602"/>
+      <c r="B602" t="s">
+        <v>982</v>
+      </c>
+      <c r="C602" s="1" t="s">
+        <v>983</v>
+      </c>
+      <c r="D602">
+        <v>15300</v>
+      </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603"/>
       <c r="B603" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="C603" s="1" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="D603">
-        <v>7100</v>
-[...11 lines deleted...]
-        <v>6600</v>
+        <v>13200</v>
       </c>
     </row>
     <row r="605" spans="1:4">
-      <c r="A605"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A605" t="s">
+        <v>986</v>
+      </c>
+      <c r="B605"/>
+      <c r="C605" s="1"/>
+      <c r="D605"/>
     </row>
     <row r="606" spans="1:4">
       <c r="A606"/>
       <c r="B606" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="C606" s="1" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="D606">
-        <v>11100</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607"/>
       <c r="B607" t="s">
-        <v>984</v>
+        <v>989</v>
       </c>
       <c r="C607" s="1" t="s">
-        <v>985</v>
+        <v>990</v>
       </c>
       <c r="D607">
-        <v>8400</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608"/>
       <c r="B608" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="C608" s="1" t="s">
-        <v>986</v>
+        <v>992</v>
       </c>
       <c r="D608">
-        <v>7100</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609"/>
       <c r="B609" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="C609" s="1" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="D609">
-        <v>5400</v>
+        <v>11100</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610"/>
       <c r="B610" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="C610" s="1" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="D610">
-        <v>4400</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611"/>
       <c r="B611" t="s">
-        <v>62</v>
+        <v>995</v>
       </c>
       <c r="C611" s="1" t="s">
-        <v>63</v>
+        <v>997</v>
       </c>
       <c r="D611">
-        <v>5300</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612"/>
       <c r="B612" t="s">
-        <v>991</v>
+        <v>998</v>
       </c>
       <c r="C612" s="1" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="D612">
-        <v>2800</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613"/>
       <c r="B613" t="s">
-        <v>993</v>
+        <v>1000</v>
       </c>
       <c r="C613" s="1" t="s">
-        <v>994</v>
+        <v>1001</v>
       </c>
       <c r="D613">
-        <v>9200</v>
+        <v>4400</v>
+      </c>
+    </row>
+    <row r="614" spans="1:4">
+      <c r="A614"/>
+      <c r="B614" t="s">
+        <v>58</v>
+      </c>
+      <c r="C614" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="D614">
+        <v>5300</v>
       </c>
     </row>
     <row r="615" spans="1:4">
-      <c r="A615" t="s">
-[...4 lines deleted...]
-      <c r="D615"/>
+      <c r="A615"/>
+      <c r="B615" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C615" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D615">
+        <v>2800</v>
+      </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616"/>
       <c r="B616" t="s">
-        <v>996</v>
+        <v>1004</v>
       </c>
       <c r="C616" s="1" t="s">
-        <v>19</v>
+        <v>1005</v>
       </c>
       <c r="D616">
-        <v>11800</v>
-[...11 lines deleted...]
-        <v>2100</v>
+        <v>9200</v>
       </c>
     </row>
     <row r="618" spans="1:4">
-      <c r="A618"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A618" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B618"/>
+      <c r="C618" s="1"/>
+      <c r="D618"/>
     </row>
     <row r="619" spans="1:4">
       <c r="A619"/>
       <c r="B619" t="s">
-        <v>999</v>
+        <v>1007</v>
       </c>
       <c r="C619" s="1" t="s">
-        <v>1000</v>
+        <v>19</v>
       </c>
       <c r="D619">
         <v>11800</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620"/>
       <c r="B620" t="s">
-        <v>1001</v>
+        <v>20</v>
       </c>
       <c r="C620" s="1" t="s">
-        <v>1002</v>
+        <v>21</v>
       </c>
       <c r="D620">
-        <v>8100</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621"/>
       <c r="B621" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="C621" s="1" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="D621">
-        <v>7800</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622"/>
       <c r="B622" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="C622" s="1" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="D622">
-        <v>6800</v>
+        <v>8800</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623"/>
       <c r="B623" t="s">
-        <v>1007</v>
+        <v>1012</v>
       </c>
       <c r="C623" s="1" t="s">
-        <v>1008</v>
-[...3 lines deleted...]
-      </c>
+        <v>1013</v>
+      </c>
+      <c r="D623"/>
     </row>
     <row r="624" spans="1:4">
       <c r="A624"/>
       <c r="B624" t="s">
-        <v>1009</v>
+        <v>1014</v>
       </c>
       <c r="C624" s="1" t="s">
-        <v>1010</v>
+        <v>1015</v>
       </c>
       <c r="D624">
-        <v>5100</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625"/>
       <c r="B625" t="s">
-        <v>1011</v>
+        <v>1016</v>
       </c>
       <c r="C625" s="1" t="s">
-        <v>1012</v>
+        <v>1017</v>
       </c>
       <c r="D625">
-        <v>10400</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626"/>
       <c r="B626" t="s">
-        <v>1013</v>
+        <v>1018</v>
       </c>
       <c r="C626" s="1" t="s">
-        <v>1014</v>
+        <v>1019</v>
       </c>
       <c r="D626">
-        <v>5300</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627"/>
       <c r="B627" t="s">
-        <v>1015</v>
+        <v>1020</v>
       </c>
       <c r="C627" s="1" t="s">
-        <v>1016</v>
+        <v>1021</v>
       </c>
       <c r="D627">
-        <v>8400</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628"/>
       <c r="B628" t="s">
-        <v>1017</v>
+        <v>1022</v>
       </c>
       <c r="C628" s="1" t="s">
-        <v>1018</v>
-[...3 lines deleted...]
-      </c>
+        <v>1023</v>
+      </c>
+      <c r="D628"/>
     </row>
     <row r="629" spans="1:4">
       <c r="A629"/>
       <c r="B629" t="s">
-        <v>1019</v>
+        <v>1024</v>
       </c>
       <c r="C629" s="1" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="D629">
-        <v>7200</v>
+        <v>5300</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630"/>
       <c r="B630" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="C630" s="1" t="s">
-        <v>1022</v>
-[...3 lines deleted...]
-      </c>
+        <v>1027</v>
+      </c>
+      <c r="D630"/>
     </row>
     <row r="631" spans="1:4">
       <c r="A631"/>
       <c r="B631" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C631" s="1" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="D631">
-        <v>10800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632"/>
       <c r="B632" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C632" s="1" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="D632">
-        <v>1200</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633"/>
       <c r="B633" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="C633" s="1" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="D633">
-        <v>12900</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634"/>
       <c r="B634" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="C634" s="1" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="D634">
-        <v>11100</v>
+        <v>10800</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635"/>
       <c r="B635" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="C635" s="1" t="s">
-        <v>1032</v>
+        <v>1037</v>
       </c>
       <c r="D635">
-        <v>5100</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636"/>
       <c r="B636" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="C636" s="1" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="D636">
-        <v>5100</v>
+        <v>12900</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637"/>
       <c r="B637" t="s">
-        <v>88</v>
+        <v>1040</v>
       </c>
       <c r="C637" s="1" t="s">
-        <v>89</v>
+        <v>1041</v>
       </c>
       <c r="D637">
-        <v>3600</v>
+        <v>11100</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638"/>
       <c r="B638" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="C638" s="1" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="D638">
-        <v>4500</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639"/>
       <c r="B639" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="C639" s="1" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="D639">
-        <v>13600</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640"/>
       <c r="B640" t="s">
-        <v>1039</v>
+        <v>84</v>
       </c>
       <c r="C640" s="1" t="s">
-        <v>1040</v>
+        <v>85</v>
       </c>
       <c r="D640">
-        <v>11800</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641"/>
       <c r="B641" t="s">
-        <v>96</v>
+        <v>1046</v>
       </c>
       <c r="C641" s="1" t="s">
-        <v>97</v>
+        <v>1047</v>
       </c>
       <c r="D641">
-        <v>23800</v>
+        <v>4500</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642"/>
       <c r="B642" t="s">
-        <v>98</v>
+        <v>1048</v>
       </c>
       <c r="C642" s="1" t="s">
-        <v>99</v>
+        <v>1049</v>
       </c>
       <c r="D642">
-        <v>5700</v>
+        <v>13600</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643"/>
       <c r="B643" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="C643" s="1" t="s">
-        <v>1042</v>
+        <v>1051</v>
       </c>
       <c r="D643">
-        <v>5900</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644"/>
       <c r="B644" t="s">
-        <v>1043</v>
+        <v>92</v>
       </c>
       <c r="C644" s="1" t="s">
-        <v>1044</v>
+        <v>93</v>
       </c>
       <c r="D644">
-        <v>7800</v>
+        <v>23800</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645"/>
       <c r="B645" t="s">
-        <v>1045</v>
+        <v>94</v>
       </c>
       <c r="C645" s="1" t="s">
-        <v>1046</v>
+        <v>95</v>
       </c>
       <c r="D645">
-        <v>7400</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646"/>
       <c r="B646" t="s">
-        <v>1047</v>
+        <v>1052</v>
       </c>
       <c r="C646" s="1" t="s">
-        <v>1048</v>
+        <v>1053</v>
       </c>
       <c r="D646">
-        <v>4700</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647"/>
       <c r="B647" t="s">
-        <v>1049</v>
+        <v>1054</v>
       </c>
       <c r="C647" s="1" t="s">
-        <v>1050</v>
+        <v>1055</v>
       </c>
       <c r="D647">
-        <v>4400</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648"/>
       <c r="B648" t="s">
-        <v>1051</v>
+        <v>1056</v>
       </c>
       <c r="C648" s="1" t="s">
-        <v>1052</v>
+        <v>1057</v>
       </c>
       <c r="D648">
+        <v>7400</v>
+      </c>
+    </row>
+    <row r="649" spans="1:4">
+      <c r="A649"/>
+      <c r="B649" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C649" s="1" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D649">
+        <v>4700</v>
+      </c>
+    </row>
+    <row r="650" spans="1:4">
+      <c r="A650"/>
+      <c r="B650" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C650" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D650">
         <v>4400</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="D650"/>
     </row>
     <row r="651" spans="1:4">
       <c r="A651"/>
       <c r="B651" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="C651" s="1" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="D651">
-        <v>10200</v>
-[...11 lines deleted...]
-        <v>7800</v>
+        <v>4400</v>
       </c>
     </row>
     <row r="653" spans="1:4">
-      <c r="A653"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A653" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B653"/>
+      <c r="C653" s="1"/>
+      <c r="D653"/>
     </row>
     <row r="654" spans="1:4">
       <c r="A654"/>
       <c r="B654" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="C654" s="1" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
       <c r="D654">
-        <v>6300</v>
+        <v>10200</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655"/>
       <c r="B655" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="C655" s="1" t="s">
-        <v>1062</v>
-[...1 lines deleted...]
-      <c r="D655"/>
+        <v>1067</v>
+      </c>
+      <c r="D655">
+        <v>7800</v>
+      </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656"/>
       <c r="B656" t="s">
-        <v>1063</v>
+        <v>1065</v>
       </c>
       <c r="C656" s="1" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="D656">
-        <v>7700</v>
+        <v>11500</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657"/>
       <c r="B657" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C657" s="1" t="s">
-        <v>1066</v>
-[...3 lines deleted...]
-      </c>
+        <v>1070</v>
+      </c>
+      <c r="D657"/>
     </row>
     <row r="658" spans="1:4">
       <c r="A658"/>
       <c r="B658" t="s">
-        <v>68</v>
+        <v>1071</v>
       </c>
       <c r="C658" s="1" t="s">
-        <v>69</v>
+        <v>1072</v>
       </c>
       <c r="D658">
-        <v>4500</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659"/>
       <c r="B659" t="s">
-        <v>1067</v>
+        <v>1073</v>
       </c>
       <c r="C659" s="1" t="s">
-        <v>77</v>
-[...3 lines deleted...]
-      </c>
+        <v>1074</v>
+      </c>
+      <c r="D659"/>
     </row>
     <row r="660" spans="1:4">
       <c r="A660"/>
       <c r="B660" t="s">
-        <v>1068</v>
+        <v>1075</v>
       </c>
       <c r="C660" s="1" t="s">
-        <v>1069</v>
-[...1 lines deleted...]
-      <c r="D660"/>
+        <v>1076</v>
+      </c>
+      <c r="D660">
+        <v>7700</v>
+      </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661"/>
       <c r="B661" t="s">
-        <v>1070</v>
+        <v>1077</v>
       </c>
       <c r="C661" s="1" t="s">
-        <v>1071</v>
+        <v>1078</v>
       </c>
       <c r="D661">
-        <v>11200</v>
+        <v>5800</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662"/>
       <c r="B662" t="s">
-        <v>1072</v>
+        <v>64</v>
       </c>
       <c r="C662" s="1" t="s">
-        <v>1073</v>
+        <v>65</v>
       </c>
       <c r="D662">
-        <v>8100</v>
+        <v>4500</v>
+      </c>
+    </row>
+    <row r="663" spans="1:4">
+      <c r="A663"/>
+      <c r="B663" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C663" s="1" t="s">
+        <v>73</v>
+      </c>
+      <c r="D663">
+        <v>10000</v>
       </c>
     </row>
     <row r="664" spans="1:4">
-      <c r="A664" t="s">
-[...3 lines deleted...]
-      <c r="C664" s="1"/>
+      <c r="A664"/>
+      <c r="B664" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C664" s="1" t="s">
+        <v>1081</v>
+      </c>
       <c r="D664"/>
     </row>
     <row r="665" spans="1:4">
       <c r="A665"/>
       <c r="B665" t="s">
-        <v>1075</v>
+        <v>1082</v>
       </c>
       <c r="C665" s="1" t="s">
-        <v>1076</v>
+        <v>1083</v>
       </c>
       <c r="D665">
-        <v>3500</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666"/>
       <c r="B666" t="s">
-        <v>1075</v>
+        <v>1084</v>
       </c>
       <c r="C666" s="1" t="s">
-        <v>1077</v>
+        <v>1085</v>
       </c>
       <c r="D666">
+        <v>8100</v>
+      </c>
+    </row>
+    <row r="668" spans="1:4">
+      <c r="A668" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B668"/>
+      <c r="C668" s="1"/>
+      <c r="D668"/>
+    </row>
+    <row r="669" spans="1:4">
+      <c r="A669"/>
+      <c r="B669" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C669" s="1" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D669">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="670" spans="1:4">
+      <c r="A670"/>
+      <c r="B670" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C670" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D670">
         <v>4200</v>
       </c>
-    </row>
-[...30 lines deleted...]
-      <c r="D670"/>
     </row>
     <row r="671" spans="1:4">
       <c r="A671"/>
       <c r="B671" t="s">
-        <v>1083</v>
+        <v>1090</v>
       </c>
       <c r="C671" s="1" t="s">
-        <v>1084</v>
+        <v>1091</v>
       </c>
       <c r="D671">
-        <v>4800</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672"/>
       <c r="B672" t="s">
-        <v>1083</v>
+        <v>1092</v>
       </c>
       <c r="C672" s="1" t="s">
-        <v>1085</v>
+        <v>1093</v>
       </c>
       <c r="D672">
-        <v>4800</v>
-[...11 lines deleted...]
-        <v>11200</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="674" spans="1:4">
-      <c r="A674"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A674" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B674"/>
+      <c r="C674" s="1"/>
+      <c r="D674"/>
     </row>
     <row r="675" spans="1:4">
       <c r="A675"/>
       <c r="B675" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="C675" s="1" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="D675">
-        <v>5900</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676"/>
       <c r="B676" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="C676" s="1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="D676">
-        <v>6600</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677"/>
       <c r="B677" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="C677" s="1" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="D677">
-        <v>5700</v>
+        <v>11200</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678"/>
       <c r="B678" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="C678" s="1" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="D678">
-        <v>6500</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679"/>
       <c r="B679" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="C679" s="1" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="D679">
-        <v>8200</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680"/>
       <c r="B680" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="C680" s="1" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="D680">
-        <v>2400</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681"/>
       <c r="B681" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="C681" s="1" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="D681">
-        <v>3200</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682"/>
       <c r="B682" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C682" s="1" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="D682">
-        <v>10200</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683"/>
       <c r="B683" t="s">
-        <v>896</v>
+        <v>1110</v>
       </c>
       <c r="C683" s="1" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="D683">
-        <v>2000</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684"/>
       <c r="B684" t="s">
-        <v>896</v>
+        <v>1112</v>
       </c>
       <c r="C684" s="1" t="s">
-        <v>1107</v>
+        <v>1113</v>
       </c>
       <c r="D684">
-        <v>2000</v>
+        <v>6700</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685"/>
       <c r="B685" t="s">
-        <v>1108</v>
+        <v>1114</v>
       </c>
       <c r="C685" s="1" t="s">
-        <v>1109</v>
+        <v>1115</v>
       </c>
       <c r="D685">
-        <v>8900</v>
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="686" spans="1:4">
+      <c r="A686"/>
+      <c r="B686" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C686" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D686">
+        <v>3200</v>
       </c>
     </row>
     <row r="687" spans="1:4">
-      <c r="A687" t="s">
-[...4 lines deleted...]
-      <c r="D687"/>
+      <c r="A687"/>
+      <c r="B687" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C687" s="1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D687">
+        <v>10200</v>
+      </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688"/>
       <c r="B688" t="s">
-        <v>1111</v>
+        <v>904</v>
       </c>
       <c r="C688" s="1" t="s">
-        <v>1112</v>
+        <v>1120</v>
       </c>
       <c r="D688">
-        <v>5100</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689"/>
       <c r="B689" t="s">
-        <v>1113</v>
+        <v>904</v>
       </c>
       <c r="C689" s="1" t="s">
-        <v>1114</v>
+        <v>1121</v>
       </c>
       <c r="D689">
-        <v>7200</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690"/>
       <c r="B690" t="s">
-        <v>1115</v>
+        <v>1122</v>
       </c>
       <c r="C690" s="1" t="s">
-        <v>1116</v>
+        <v>1123</v>
       </c>
       <c r="D690">
-        <v>4700</v>
-[...11 lines deleted...]
-        <v>2400</v>
+        <v>8900</v>
       </c>
     </row>
     <row r="692" spans="1:4">
-      <c r="A692"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A692" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B692"/>
+      <c r="C692" s="1"/>
+      <c r="D692"/>
     </row>
     <row r="693" spans="1:4">
       <c r="A693"/>
       <c r="B693" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="C693" s="1" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="D693">
-        <v>7200</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694"/>
       <c r="B694" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C694" s="1" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="D694">
-        <v>3000</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695"/>
       <c r="B695" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="C695" s="1" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="D695">
-        <v>5300</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696"/>
       <c r="B696" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="C696" s="1" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="D696">
-        <v>5300</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697"/>
       <c r="B697" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="C697" s="1" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="D697">
-        <v>8700</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698"/>
       <c r="B698" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="C698" s="1" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="D698">
-        <v>6600</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699"/>
       <c r="B699" t="s">
-        <v>1131</v>
+        <v>1137</v>
       </c>
       <c r="C699" s="1" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="D699">
-        <v>6600</v>
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="700" spans="1:4">
+      <c r="A700"/>
+      <c r="B700" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C700" s="1" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D700">
+        <v>5300</v>
       </c>
     </row>
     <row r="701" spans="1:4">
-      <c r="A701" t="s">
-[...4 lines deleted...]
-      <c r="D701"/>
+      <c r="A701"/>
+      <c r="B701" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C701" s="1" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D701">
+        <v>5300</v>
+      </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702"/>
       <c r="B702" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="C702" s="1" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="D702">
-        <v>2400</v>
+        <v>8700</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703"/>
       <c r="B703" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="C703" s="1" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="D703">
-        <v>4800</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704"/>
       <c r="B704" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="C704" s="1" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="D704">
-        <v>5200</v>
-[...11 lines deleted...]
-        <v>2400</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="706" spans="1:4">
-      <c r="A706"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A706" t="s">
+        <v>1148</v>
+      </c>
+      <c r="B706"/>
+      <c r="C706" s="1"/>
+      <c r="D706"/>
     </row>
     <row r="707" spans="1:4">
       <c r="A707"/>
       <c r="B707" t="s">
-        <v>1144</v>
+        <v>1149</v>
       </c>
       <c r="C707" s="1" t="s">
-        <v>1145</v>
+        <v>1150</v>
       </c>
       <c r="D707">
         <v>2400</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708"/>
       <c r="B708" t="s">
-        <v>1146</v>
+        <v>1151</v>
       </c>
       <c r="C708" s="1" t="s">
-        <v>1147</v>
+        <v>1152</v>
       </c>
       <c r="D708">
-        <v>3300</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709"/>
       <c r="B709" t="s">
-        <v>1148</v>
+        <v>1151</v>
       </c>
       <c r="C709" s="1" t="s">
-        <v>262</v>
+        <v>1153</v>
       </c>
       <c r="D709">
-        <v>5000</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710"/>
       <c r="B710" t="s">
-        <v>578</v>
+        <v>1154</v>
       </c>
       <c r="C710" s="1" t="s">
-        <v>579</v>
+        <v>1155</v>
       </c>
       <c r="D710">
-        <v>2800</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711"/>
       <c r="B711" t="s">
-        <v>1149</v>
+        <v>1156</v>
       </c>
       <c r="C711" s="1" t="s">
-        <v>1150</v>
+        <v>1157</v>
       </c>
       <c r="D711">
-        <v>6800</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712"/>
       <c r="B712" t="s">
-        <v>1151</v>
+        <v>1158</v>
       </c>
       <c r="C712" s="1" t="s">
-        <v>1152</v>
+        <v>1159</v>
       </c>
       <c r="D712">
-        <v>7200</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713"/>
       <c r="B713" t="s">
-        <v>1153</v>
+        <v>1160</v>
       </c>
       <c r="C713" s="1" t="s">
-        <v>1154</v>
+        <v>1161</v>
       </c>
       <c r="D713">
-        <v>8000</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714"/>
       <c r="B714" t="s">
-        <v>1155</v>
+        <v>1162</v>
       </c>
       <c r="C714" s="1" t="s">
-        <v>1156</v>
+        <v>262</v>
       </c>
       <c r="D714">
-        <v>7400</v>
+        <v>5000</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715"/>
       <c r="B715" t="s">
-        <v>1157</v>
+        <v>586</v>
       </c>
       <c r="C715" s="1" t="s">
-        <v>1158</v>
+        <v>587</v>
       </c>
       <c r="D715">
-        <v>6800</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716"/>
       <c r="B716" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="C716" s="1" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="D716">
-        <v>7800</v>
+        <v>9800</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717"/>
       <c r="B717" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="C717" s="1" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="D717">
-        <v>6400</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718"/>
       <c r="B718" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="C718" s="1" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="D718">
-        <v>6400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719"/>
       <c r="B719" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="C719" s="1" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="D719">
-        <v>9500</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720"/>
       <c r="B720" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="C720" s="1" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="D720">
-        <v>9500</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721"/>
       <c r="B721" t="s">
-        <v>638</v>
+        <v>1173</v>
       </c>
       <c r="C721" s="1" t="s">
-        <v>639</v>
+        <v>1174</v>
       </c>
       <c r="D721">
-        <v>4000</v>
+        <v>6800</v>
+      </c>
+    </row>
+    <row r="722" spans="1:4">
+      <c r="A722"/>
+      <c r="B722" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C722" s="1" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D722">
+        <v>7800</v>
       </c>
     </row>
     <row r="723" spans="1:4">
-      <c r="A723" t="s">
-[...4 lines deleted...]
-      <c r="D723"/>
+      <c r="A723"/>
+      <c r="B723" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C723" s="1" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D723">
+        <v>6400</v>
+      </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724"/>
       <c r="B724" t="s">
-        <v>1170</v>
+        <v>1179</v>
       </c>
       <c r="C724" s="1" t="s">
-        <v>1171</v>
+        <v>1180</v>
       </c>
       <c r="D724">
-        <v>11000</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725"/>
       <c r="B725" t="s">
-        <v>1172</v>
+        <v>1181</v>
       </c>
       <c r="C725" s="1" t="s">
-        <v>1173</v>
+        <v>1182</v>
       </c>
       <c r="D725">
-        <v>5600</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726"/>
       <c r="B726" t="s">
-        <v>1172</v>
+        <v>1183</v>
       </c>
       <c r="C726" s="1" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="D726">
-        <v>5100</v>
+        <v>9500</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727"/>
       <c r="B727" t="s">
-        <v>1175</v>
+        <v>638</v>
       </c>
       <c r="C727" s="1" t="s">
-        <v>1176</v>
+        <v>639</v>
       </c>
       <c r="D727">
-        <v>6000</v>
-[...11 lines deleted...]
-        <v>6000</v>
+        <v>4000</v>
       </c>
     </row>
     <row r="729" spans="1:4">
-      <c r="A729"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A729" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B729"/>
+      <c r="C729" s="1"/>
+      <c r="D729"/>
     </row>
     <row r="730" spans="1:4">
       <c r="A730"/>
       <c r="B730" t="s">
-        <v>1181</v>
+        <v>1186</v>
       </c>
       <c r="C730" s="1" t="s">
-        <v>1182</v>
+        <v>1187</v>
       </c>
       <c r="D730">
-        <v>7100</v>
+        <v>11000</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731"/>
       <c r="B731" t="s">
-        <v>1183</v>
+        <v>1188</v>
       </c>
       <c r="C731" s="1" t="s">
-        <v>1184</v>
+        <v>1189</v>
       </c>
       <c r="D731">
-        <v>7200</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732"/>
       <c r="B732" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="C732" s="1" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="D732">
-        <v>7200</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733"/>
       <c r="B733" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="C733" s="1" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="D733">
-        <v>13700</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734"/>
       <c r="B734" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="C734" s="1" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
       <c r="D734">
-        <v>3600</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735"/>
       <c r="B735" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="C735" s="1" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="D735">
-        <v>3300</v>
+        <v>6000</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736"/>
       <c r="B736" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="C736" s="1" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="D736">
-        <v>7400</v>
+        <v>7100</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737"/>
       <c r="B737" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="C737" s="1" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="D737">
-        <v>1200</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738"/>
       <c r="B738" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C738" s="1" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="D738">
-        <v>6800</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739"/>
       <c r="B739" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C739" s="1" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="D739">
-        <v>9000</v>
+        <v>13700</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740"/>
       <c r="B740" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="C740" s="1" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="D740">
-        <v>10500</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741"/>
       <c r="B741" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="C741" s="1" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="D741">
-        <v>20400</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742"/>
       <c r="B742" t="s">
-        <v>1203</v>
+        <v>1209</v>
       </c>
       <c r="C742" s="1" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
       <c r="D742">
-        <v>19800</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743"/>
       <c r="B743" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="C743" s="1" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="D743">
-        <v>9000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744"/>
       <c r="B744" t="s">
-        <v>1208</v>
+        <v>1213</v>
       </c>
       <c r="C744" s="1" t="s">
-        <v>1209</v>
+        <v>1214</v>
       </c>
       <c r="D744">
-        <v>13700</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745"/>
       <c r="B745" t="s">
-        <v>1210</v>
+        <v>1215</v>
       </c>
       <c r="C745" s="1" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
       <c r="D745">
-        <v>3200</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746"/>
       <c r="B746" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="C746" s="1" t="s">
-        <v>1213</v>
+        <v>1218</v>
       </c>
       <c r="D746">
-        <v>6800</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747"/>
       <c r="B747" t="s">
-        <v>1214</v>
+        <v>1219</v>
       </c>
       <c r="C747" s="1" t="s">
-        <v>1215</v>
+        <v>1220</v>
       </c>
       <c r="D747">
-        <v>5400</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748"/>
       <c r="B748" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="C748" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="D748">
-        <v>5900</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749"/>
       <c r="B749" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
       <c r="C749" s="1" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="D749">
-        <v>8400</v>
+        <v>9000</v>
+      </c>
+    </row>
+    <row r="750" spans="1:4">
+      <c r="A750"/>
+      <c r="B750" t="s">
+        <v>1224</v>
+      </c>
+      <c r="C750" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="D750">
+        <v>13700</v>
       </c>
     </row>
     <row r="751" spans="1:4">
-      <c r="A751" t="s">
-[...4 lines deleted...]
-      <c r="D751"/>
+      <c r="A751"/>
+      <c r="B751" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C751" s="1" t="s">
+        <v>1227</v>
+      </c>
+      <c r="D751">
+        <v>3200</v>
+      </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752"/>
       <c r="B752" t="s">
-        <v>8</v>
+        <v>1228</v>
       </c>
       <c r="C752" s="1" t="s">
-        <v>9</v>
+        <v>1229</v>
       </c>
       <c r="D752">
-        <v>5100</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753"/>
       <c r="B753" t="s">
-        <v>1221</v>
+        <v>1230</v>
       </c>
       <c r="C753" s="1" t="s">
-        <v>1222</v>
+        <v>1231</v>
       </c>
       <c r="D753">
-        <v>13200</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754"/>
       <c r="B754" t="s">
-        <v>1223</v>
+        <v>1232</v>
       </c>
       <c r="C754" s="1" t="s">
-        <v>1224</v>
+        <v>1233</v>
       </c>
       <c r="D754">
-        <v>6800</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755"/>
       <c r="B755" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="C755" s="1" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="D755">
-        <v>12600</v>
-[...11 lines deleted...]
-        <v>14400</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="757" spans="1:4">
-      <c r="A757"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A757" t="s">
+        <v>1236</v>
+      </c>
+      <c r="B757"/>
+      <c r="C757" s="1"/>
+      <c r="D757"/>
     </row>
     <row r="758" spans="1:4">
       <c r="A758"/>
       <c r="B758" t="s">
-        <v>1230</v>
+        <v>8</v>
       </c>
       <c r="C758" s="1" t="s">
-        <v>1231</v>
+        <v>9</v>
       </c>
       <c r="D758">
-        <v>7500</v>
+        <v>5100</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759"/>
       <c r="B759" t="s">
-        <v>1230</v>
+        <v>1237</v>
       </c>
       <c r="C759" s="1" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="D759">
-        <v>8100</v>
+        <v>13200</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760"/>
       <c r="B760" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="C760" s="1" t="s">
-        <v>1233</v>
+        <v>1240</v>
       </c>
       <c r="D760">
-        <v>9300</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761"/>
       <c r="B761" t="s">
-        <v>1234</v>
+        <v>1241</v>
       </c>
       <c r="C761" s="1" t="s">
-        <v>1235</v>
+        <v>1242</v>
       </c>
       <c r="D761">
-        <v>18000</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762"/>
       <c r="B762" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="C762" s="1" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="D762">
-        <v>9600</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763"/>
       <c r="B763" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="C763" s="1" t="s">
-        <v>1239</v>
-[...3 lines deleted...]
-      </c>
+        <v>1245</v>
+      </c>
+      <c r="D763"/>
     </row>
     <row r="764" spans="1:4">
       <c r="A764"/>
       <c r="B764" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="C764" s="1" t="s">
-        <v>1241</v>
+        <v>1247</v>
       </c>
       <c r="D764">
-        <v>4200</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765"/>
       <c r="B765" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="C765" s="1" t="s">
-        <v>1243</v>
+        <v>1248</v>
       </c>
       <c r="D765">
-        <v>9600</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766"/>
       <c r="B766" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="C766" s="1" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="D766">
-        <v>5800</v>
+        <v>9300</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767"/>
       <c r="B767" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="C767" s="1" t="s">
-        <v>1247</v>
-[...3 lines deleted...]
-      </c>
+        <v>1251</v>
+      </c>
+      <c r="D767"/>
     </row>
     <row r="768" spans="1:4">
       <c r="A768"/>
       <c r="B768" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="C768" s="1" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="D768">
-        <v>2200</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769"/>
       <c r="B769" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="C769" s="1" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="D769">
-        <v>4700</v>
+        <v>5600</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770"/>
       <c r="B770" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="C770" s="1" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="D770">
-        <v>9600</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771"/>
       <c r="B771" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
       <c r="C771" s="1" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="D771">
-        <v>20100</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772"/>
       <c r="B772" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="C772" s="1" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="D772">
-        <v>18000</v>
+        <v>5800</v>
+      </c>
+    </row>
+    <row r="773" spans="1:4">
+      <c r="A773"/>
+      <c r="B773" t="s">
+        <v>1262</v>
+      </c>
+      <c r="C773" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D773">
+        <v>2700</v>
       </c>
     </row>
     <row r="774" spans="1:4">
-      <c r="A774" t="s">
-[...4 lines deleted...]
-      <c r="D774"/>
+      <c r="A774"/>
+      <c r="B774" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C774" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="D774">
+        <v>2200</v>
+      </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775"/>
       <c r="B775" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="C775" s="1" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
       <c r="D775">
-        <v>9400</v>
+        <v>4700</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776"/>
       <c r="B776" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="C776" s="1" t="s">
-        <v>1262</v>
+        <v>1269</v>
       </c>
       <c r="D776">
-        <v>7500</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777"/>
       <c r="B777" t="s">
-        <v>1263</v>
+        <v>1270</v>
       </c>
       <c r="C777" s="1" t="s">
-        <v>1264</v>
+        <v>1271</v>
       </c>
       <c r="D777">
-        <v>2300</v>
+        <v>20100</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778"/>
       <c r="B778" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="C778" s="1" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="D778">
-        <v>13500</v>
-[...11 lines deleted...]
-        <v>8100</v>
+        <v>18000</v>
       </c>
     </row>
     <row r="780" spans="1:4">
-      <c r="A780"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A780" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B780"/>
+      <c r="C780" s="1"/>
+      <c r="D780"/>
     </row>
     <row r="781" spans="1:4">
       <c r="A781"/>
       <c r="B781" t="s">
-        <v>48</v>
+        <v>1275</v>
       </c>
       <c r="C781" s="1" t="s">
-        <v>50</v>
+        <v>1276</v>
       </c>
       <c r="D781">
-        <v>7200</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782"/>
       <c r="B782" t="s">
-        <v>48</v>
+        <v>1277</v>
       </c>
       <c r="C782" s="1" t="s">
-        <v>49</v>
+        <v>1278</v>
       </c>
       <c r="D782">
         <v>7500</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783"/>
       <c r="B783" t="s">
-        <v>1270</v>
+        <v>1279</v>
       </c>
       <c r="C783" s="1" t="s">
-        <v>1271</v>
+        <v>1280</v>
       </c>
       <c r="D783">
-        <v>5900</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784"/>
       <c r="B784" t="s">
-        <v>1272</v>
+        <v>1281</v>
       </c>
       <c r="C784" s="1" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="D784">
-        <v>7800</v>
+        <v>13500</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785"/>
       <c r="B785" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="C785" s="1" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="D785">
-        <v>38900</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786"/>
       <c r="B786" t="s">
-        <v>1274</v>
+        <v>44</v>
       </c>
       <c r="C786" s="1" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="D786">
-        <v>27500</v>
+        <v>8100</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787"/>
       <c r="B787" t="s">
-        <v>1277</v>
+        <v>44</v>
       </c>
       <c r="C787" s="1" t="s">
-        <v>1278</v>
+        <v>46</v>
       </c>
       <c r="D787">
-        <v>5400</v>
+        <v>7200</v>
       </c>
     </row>
     <row r="788" spans="1:4">
       <c r="A788"/>
       <c r="B788" t="s">
-        <v>1279</v>
+        <v>44</v>
       </c>
       <c r="C788" s="1" t="s">
-        <v>1280</v>
+        <v>45</v>
       </c>
       <c r="D788">
-        <v>7200</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789"/>
       <c r="B789" t="s">
-        <v>1281</v>
+        <v>1286</v>
       </c>
       <c r="C789" s="1" t="s">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="D789">
-        <v>19800</v>
+        <v>5900</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790"/>
       <c r="B790" t="s">
-        <v>1283</v>
+        <v>1288</v>
       </c>
       <c r="C790" s="1" t="s">
-        <v>1284</v>
+        <v>1289</v>
       </c>
       <c r="D790">
-        <v>19800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791"/>
       <c r="B791" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="C791" s="1" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="D791">
-        <v>9400</v>
+        <v>27500</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792"/>
       <c r="B792" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
       <c r="C792" s="1" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D792">
-        <v>33000</v>
+        <v>41000</v>
+      </c>
+    </row>
+    <row r="793" spans="1:4">
+      <c r="A793"/>
+      <c r="B793" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C793" s="1" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D793">
+        <v>5400</v>
       </c>
     </row>
     <row r="794" spans="1:4">
-      <c r="A794" t="s">
-[...4 lines deleted...]
-      <c r="D794"/>
+      <c r="A794"/>
+      <c r="B794" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C794" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="D794">
+        <v>7200</v>
+      </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795"/>
       <c r="B795" t="s">
-        <v>1288</v>
+        <v>1298</v>
       </c>
       <c r="C795" s="1" t="s">
-        <v>1289</v>
+        <v>1299</v>
       </c>
       <c r="D795">
-        <v>3000</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796"/>
       <c r="B796" t="s">
-        <v>1290</v>
+        <v>1300</v>
       </c>
       <c r="C796" s="1" t="s">
-        <v>1291</v>
+        <v>1301</v>
       </c>
       <c r="D796">
-        <v>4800</v>
+        <v>9400</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797"/>
       <c r="B797" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="C797" s="1" t="s">
-        <v>1076</v>
+        <v>1303</v>
       </c>
       <c r="D797">
-        <v>3500</v>
+        <v>19800</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798"/>
       <c r="B798" t="s">
-        <v>1292</v>
+        <v>1302</v>
       </c>
       <c r="C798" s="1" t="s">
-        <v>1077</v>
+        <v>1304</v>
       </c>
       <c r="D798">
-        <v>4200</v>
-[...11 lines deleted...]
-        <v>2400</v>
+        <v>33000</v>
       </c>
     </row>
     <row r="800" spans="1:4">
-      <c r="A800"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A800" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B800"/>
+      <c r="C800" s="1"/>
+      <c r="D800"/>
     </row>
     <row r="801" spans="1:4">
       <c r="A801"/>
       <c r="B801" t="s">
-        <v>153</v>
+        <v>1306</v>
       </c>
       <c r="C801" s="1" t="s">
-        <v>154</v>
+        <v>1307</v>
       </c>
       <c r="D801">
-        <v>3600</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802"/>
       <c r="B802" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
       <c r="C802" s="1" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
       <c r="D802">
-        <v>4200</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803"/>
       <c r="B803" t="s">
-        <v>1299</v>
+        <v>1310</v>
       </c>
       <c r="C803" s="1" t="s">
-        <v>1300</v>
+        <v>1088</v>
       </c>
       <c r="D803">
-        <v>2900</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804"/>
       <c r="B804" t="s">
-        <v>1301</v>
+        <v>1310</v>
       </c>
       <c r="C804" s="1" t="s">
-        <v>1302</v>
+        <v>1089</v>
       </c>
       <c r="D804">
-        <v>3800</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805"/>
       <c r="B805" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="C805" s="1" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="D805">
-        <v>3800</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806"/>
       <c r="B806" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="C806" s="1" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
       <c r="D806">
-        <v>4100</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807"/>
       <c r="B807" t="s">
-        <v>1307</v>
+        <v>151</v>
       </c>
       <c r="C807" s="1" t="s">
-        <v>1308</v>
+        <v>152</v>
       </c>
       <c r="D807">
-        <v>6600</v>
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="808" spans="1:4">
+      <c r="A808"/>
+      <c r="B808" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C808" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D808">
+        <v>4200</v>
       </c>
     </row>
     <row r="809" spans="1:4">
-      <c r="A809" t="s">
-[...4 lines deleted...]
-      <c r="D809"/>
+      <c r="A809"/>
+      <c r="B809" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C809" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D809">
+        <v>2900</v>
+      </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810"/>
       <c r="B810" t="s">
-        <v>1310</v>
+        <v>1319</v>
       </c>
       <c r="C810" s="1" t="s">
-        <v>1311</v>
+        <v>1320</v>
       </c>
       <c r="D810">
-        <v>4100</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811"/>
       <c r="B811" t="s">
-        <v>1312</v>
+        <v>1321</v>
       </c>
       <c r="C811" s="1" t="s">
-        <v>1313</v>
+        <v>1322</v>
       </c>
       <c r="D811">
-        <v>11800</v>
+        <v>3800</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812"/>
       <c r="B812" t="s">
-        <v>1314</v>
+        <v>1323</v>
       </c>
       <c r="C812" s="1" t="s">
-        <v>1315</v>
+        <v>1324</v>
       </c>
       <c r="D812">
-        <v>8600</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813"/>
       <c r="B813" t="s">
-        <v>1316</v>
+        <v>1325</v>
       </c>
       <c r="C813" s="1" t="s">
-        <v>1317</v>
+        <v>1326</v>
       </c>
       <c r="D813">
-        <v>6400</v>
-[...11 lines deleted...]
-        <v>7800</v>
+        <v>6600</v>
       </c>
     </row>
     <row r="815" spans="1:4">
-      <c r="A815"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A815" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B815"/>
+      <c r="C815" s="1"/>
+      <c r="D815"/>
     </row>
     <row r="816" spans="1:4">
       <c r="A816"/>
       <c r="B816" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="C816" s="1" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="D816">
-        <v>7500</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817"/>
       <c r="B817" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="C817" s="1" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="D817">
-        <v>7400</v>
+        <v>11800</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818"/>
       <c r="B818" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="C818" s="1" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="D818">
-        <v>7800</v>
+        <v>8600</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819"/>
       <c r="B819" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="C819" s="1" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="D819">
-        <v>6800</v>
+        <v>6400</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820"/>
       <c r="B820" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="C820" s="1" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="D820">
-        <v>6800</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821"/>
       <c r="B821" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="C821" s="1" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="D821">
-        <v>7800</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822"/>
       <c r="B822" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="C822" s="1" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="D822">
-        <v>9600</v>
+        <v>7500</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823"/>
       <c r="B823" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="C823" s="1" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="D823">
-        <v>11400</v>
+        <v>7400</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824"/>
       <c r="B824" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="C824" s="1" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="D824">
-        <v>3500</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825"/>
       <c r="B825" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="C825" s="1" t="s">
-        <v>1340</v>
+        <v>1347</v>
       </c>
       <c r="D825">
-        <v>8200</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826"/>
       <c r="B826" t="s">
-        <v>1341</v>
+        <v>1348</v>
       </c>
       <c r="C826" s="1" t="s">
-        <v>1342</v>
+        <v>1349</v>
       </c>
       <c r="D826">
-        <v>8300</v>
+        <v>6800</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827"/>
       <c r="B827" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C827" s="1" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D827">
-        <v>8200</v>
+        <v>7800</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828"/>
       <c r="B828" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="C828" s="1" t="s">
-        <v>1346</v>
+        <v>1352</v>
       </c>
       <c r="D828">
-        <v>3400</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829"/>
       <c r="B829" t="s">
-        <v>1347</v>
+        <v>1353</v>
       </c>
       <c r="C829" s="1" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="D829">
-        <v>3600</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830"/>
       <c r="B830" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="C830" s="1" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="D830">
-        <v>2700</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831"/>
       <c r="B831" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="C831" s="1" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
       <c r="D831">
-        <v>3500</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832"/>
       <c r="B832" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="C832" s="1" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
       <c r="D832">
-        <v>2700</v>
+        <v>8300</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833"/>
       <c r="B833" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="C833" s="1" t="s">
-        <v>1356</v>
+        <v>1362</v>
       </c>
       <c r="D833">
-        <v>9000</v>
+        <v>8200</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834"/>
       <c r="B834" t="s">
-        <v>1357</v>
+        <v>1363</v>
       </c>
       <c r="C834" s="1" t="s">
-        <v>1358</v>
+        <v>1364</v>
       </c>
       <c r="D834">
-        <v>12600</v>
+        <v>3400</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835"/>
       <c r="B835" t="s">
-        <v>1195</v>
+        <v>1365</v>
       </c>
       <c r="C835" s="1" t="s">
-        <v>1359</v>
+        <v>1366</v>
       </c>
       <c r="D835">
-        <v>1200</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836"/>
       <c r="B836" t="s">
-        <v>1360</v>
+        <v>1367</v>
       </c>
       <c r="C836" s="1" t="s">
-        <v>1361</v>
+        <v>1368</v>
       </c>
       <c r="D836">
-        <v>6500</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837"/>
       <c r="B837" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="C837" s="1" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="D837">
-        <v>7300</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838"/>
       <c r="B838" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="C838" s="1" t="s">
-        <v>1365</v>
+        <v>1372</v>
       </c>
       <c r="D838">
-        <v>11600</v>
+        <v>2700</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839"/>
       <c r="B839" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="C839" s="1" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="D839">
         <v>9000</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840"/>
       <c r="B840" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="C840" s="1" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="D840">
-        <v>2800</v>
+        <v>12600</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841"/>
       <c r="B841" t="s">
-        <v>1369</v>
+        <v>1211</v>
       </c>
       <c r="C841" s="1" t="s">
-        <v>85</v>
+        <v>1377</v>
       </c>
       <c r="D841">
-        <v>9000</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842"/>
       <c r="B842" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="C842" s="1" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="D842">
-        <v>11400</v>
+        <v>6500</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843"/>
       <c r="B843" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="C843" s="1" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="D843">
-        <v>4200</v>
+        <v>7300</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844"/>
       <c r="B844" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
       <c r="C844" s="1" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="D844">
-        <v>14400</v>
+        <v>11600</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845"/>
       <c r="B845" t="s">
-        <v>1376</v>
+        <v>1382</v>
       </c>
       <c r="C845" s="1" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="D845">
-        <v>20400</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846"/>
       <c r="B846" t="s">
-        <v>1376</v>
+        <v>1385</v>
       </c>
       <c r="C846" s="1" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="D846">
-        <v>19200</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847"/>
       <c r="B847" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="C847" s="1" t="s">
-        <v>1380</v>
+        <v>81</v>
       </c>
       <c r="D847">
-        <v>3300</v>
+        <v>9000</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848"/>
       <c r="B848" t="s">
-        <v>1381</v>
+        <v>1388</v>
       </c>
       <c r="C848" s="1" t="s">
-        <v>1382</v>
+        <v>1389</v>
       </c>
       <c r="D848">
-        <v>4800</v>
+        <v>11400</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849"/>
       <c r="B849" t="s">
-        <v>1383</v>
+        <v>1390</v>
       </c>
       <c r="C849" s="1" t="s">
-        <v>1384</v>
+        <v>1391</v>
       </c>
       <c r="D849">
-        <v>7000</v>
+        <v>4200</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850"/>
       <c r="B850" t="s">
-        <v>1383</v>
+        <v>1392</v>
       </c>
       <c r="C850" s="1" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="D850">
-        <v>4800</v>
+        <v>14400</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851"/>
       <c r="B851" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="C851" s="1" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="D851">
-        <v>15400</v>
+        <v>20400</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852"/>
       <c r="B852" t="s">
-        <v>100</v>
+        <v>1394</v>
       </c>
       <c r="C852" s="1" t="s">
-        <v>101</v>
+        <v>1396</v>
       </c>
       <c r="D852">
-        <v>20400</v>
+        <v>19200</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853"/>
       <c r="B853" t="s">
-        <v>1388</v>
+        <v>1397</v>
       </c>
       <c r="C853" s="1" t="s">
-        <v>1389</v>
+        <v>1398</v>
       </c>
       <c r="D853">
         <v>3300</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854"/>
       <c r="B854" t="s">
-        <v>1390</v>
+        <v>1399</v>
       </c>
       <c r="C854" s="1" t="s">
-        <v>1391</v>
+        <v>1400</v>
       </c>
       <c r="D854">
-        <v>9600</v>
+        <v>4800</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855"/>
       <c r="B855" t="s">
-        <v>1392</v>
+        <v>1401</v>
       </c>
       <c r="C855" s="1" t="s">
-        <v>1393</v>
+        <v>1402</v>
       </c>
       <c r="D855">
-        <v>5400</v>
+        <v>7000</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856"/>
       <c r="B856" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="C856" s="1" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="D856">
-        <v>4100</v>
+        <v>4800</v>
+      </c>
+    </row>
+    <row r="857" spans="1:4">
+      <c r="A857"/>
+      <c r="B857" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C857" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D857">
+        <v>15400</v>
       </c>
     </row>
     <row r="858" spans="1:4">
-      <c r="A858" t="s">
-[...4 lines deleted...]
-      <c r="D858"/>
+      <c r="A858"/>
+      <c r="B858" t="s">
+        <v>96</v>
+      </c>
+      <c r="C858" s="1" t="s">
+        <v>97</v>
+      </c>
+      <c r="D858">
+        <v>20400</v>
+      </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859"/>
       <c r="B859" t="s">
-        <v>1397</v>
+        <v>1406</v>
       </c>
       <c r="C859" s="1" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="D859">
-        <v>5200</v>
+        <v>3300</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860"/>
       <c r="B860" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="C860" s="1" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="D860">
-        <v>5700</v>
+        <v>9600</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861"/>
       <c r="B861" t="s">
-        <v>1401</v>
+        <v>1410</v>
       </c>
       <c r="C861" s="1" t="s">
-        <v>1402</v>
+        <v>1411</v>
       </c>
       <c r="D861">
-        <v>2800</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862"/>
       <c r="B862" t="s">
-        <v>1403</v>
+        <v>1412</v>
       </c>
       <c r="C862" s="1" t="s">
-        <v>1404</v>
+        <v>1413</v>
       </c>
       <c r="D862">
-        <v>6200</v>
+        <v>4100</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" t="s">
-        <v>1405</v>
+        <v>1414</v>
       </c>
       <c r="B864"/>
       <c r="C864" s="1"/>
       <c r="D864"/>
     </row>
     <row r="865" spans="1:4">
       <c r="A865"/>
       <c r="B865" t="s">
-        <v>1406</v>
+        <v>1415</v>
       </c>
       <c r="C865" s="1" t="s">
-        <v>1407</v>
+        <v>1416</v>
       </c>
       <c r="D865">
-        <v>5400</v>
+        <v>5200</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866"/>
       <c r="B866" t="s">
-        <v>1408</v>
+        <v>1417</v>
       </c>
       <c r="C866" s="1" t="s">
-        <v>1409</v>
+        <v>1418</v>
       </c>
       <c r="D866">
-        <v>5400</v>
+        <v>5700</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867"/>
       <c r="B867" t="s">
-        <v>1410</v>
+        <v>1419</v>
       </c>
       <c r="C867" s="1" t="s">
-        <v>1411</v>
+        <v>1420</v>
       </c>
       <c r="D867">
-        <v>6200</v>
+        <v>2800</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868"/>
       <c r="B868" t="s">
-        <v>1412</v>
+        <v>1421</v>
       </c>
       <c r="C868" s="1" t="s">
-        <v>1413</v>
+        <v>1422</v>
       </c>
       <c r="D868">
-        <v>10500</v>
-[...11 lines deleted...]
-        <v>7000</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="870" spans="1:4">
-      <c r="A870"/>
-[...8 lines deleted...]
-      </c>
+      <c r="A870" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B870"/>
+      <c r="C870" s="1"/>
+      <c r="D870"/>
     </row>
     <row r="871" spans="1:4">
       <c r="A871"/>
       <c r="B871" t="s">
-        <v>1418</v>
+        <v>1424</v>
       </c>
       <c r="C871" s="1" t="s">
-        <v>1419</v>
+        <v>1425</v>
       </c>
       <c r="D871">
-        <v>8100</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872"/>
       <c r="B872" t="s">
-        <v>1420</v>
+        <v>1426</v>
       </c>
       <c r="C872" s="1" t="s">
-        <v>1421</v>
+        <v>1427</v>
       </c>
       <c r="D872">
-        <v>2400</v>
+        <v>5400</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873"/>
       <c r="B873" t="s">
-        <v>1422</v>
+        <v>1428</v>
       </c>
       <c r="C873" s="1" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="D873">
-        <v>3000</v>
+        <v>6200</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874"/>
       <c r="B874" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="C874" s="1" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="D874">
-        <v>3200</v>
+        <v>10500</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875"/>
       <c r="B875" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="C875" s="1" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
       <c r="D875">
+        <v>7000</v>
+      </c>
+    </row>
+    <row r="876" spans="1:4">
+      <c r="A876"/>
+      <c r="B876" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C876" s="1" t="s">
+        <v>1435</v>
+      </c>
+      <c r="D876">
+        <v>7200</v>
+      </c>
+    </row>
+    <row r="877" spans="1:4">
+      <c r="A877"/>
+      <c r="B877" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C877" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D877">
+        <v>8100</v>
+      </c>
+    </row>
+    <row r="878" spans="1:4">
+      <c r="A878"/>
+      <c r="B878" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C878" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D878">
+        <v>2400</v>
+      </c>
+    </row>
+    <row r="879" spans="1:4">
+      <c r="A879"/>
+      <c r="B879" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C879" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="D879">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="880" spans="1:4">
+      <c r="A880"/>
+      <c r="B880" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C880" s="1" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D880">
         <v>3200</v>
+      </c>
+    </row>
+    <row r="881" spans="1:4">
+      <c r="A881"/>
+      <c r="B881" t="s">
+        <v>1444</v>
+      </c>
+      <c r="C881" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D881">
+        <v>3200</v>
+      </c>
+    </row>
+    <row r="882" spans="1:4">
+      <c r="A882"/>
+      <c r="B882" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C882" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D882">
+        <v>4500</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">